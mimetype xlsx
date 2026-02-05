--- v0 (2025-10-10)
+++ v1 (2026-02-05)
@@ -445,6159 +445,6175 @@
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Published At</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Url</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Rating consultancy code of practice 5th Edition</t>
-[...6 lines deleted...]
-      </c>
+          <t>Members Dinner 2026 flier</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr"/>
       <c r="C2" s="1" t="n">
-        <v>45925.45238425926</v>
+        <v>46054.43613425926</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-consultancy-code-of-practice-5th-edition</t>
+          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2026-flier</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Guest Dinner 2025</t>
-[...2 lines deleted...]
-      <c r="B3" t="inlineStr"/>
+          <t>Rating consultancy code of practice 5th Edition</t>
+        </is>
+      </c>
+      <c r="B3" t="inlineStr">
+        <is>
+          <t>Rating consultancy code of practice 5th Edition effective from 1st June 2024</t>
+        </is>
+      </c>
       <c r="C3" s="1" t="n">
-        <v>45918.42810185185</v>
+        <v>45925.45238425926</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-consultancy-code-of-practice-5th-edition</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>GPCR Log September 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Guest Dinner 2025</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr"/>
       <c r="C4" s="1" t="n">
-        <v>45916.45159722222</v>
+        <v>45918.42810185185</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-september-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-2025</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 20th November 2025</t>
+          <t>GPCR Log September 2025</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner November 2025</t>
+          <t>GPCR Log September 2025</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>45870.51997685185</v>
+        <v>45916.45159722222</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-20th-november-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-september-2025</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>Lords Cricket</t>
+          <t>RSA Guest Dinner 20th November 2025</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Lords cricket photo</t>
+          <t>RSA Guest Dinner November 2025</t>
         </is>
       </c>
       <c r="C6" s="1" t="n">
-        <v>45839.53967592592</v>
+        <v>45870.51997685185</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/lords-cricket</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-20th-november-2025</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>2023 List GPCR Coordination Non-Retail 07.05.2025</t>
-[...2 lines deleted...]
-      <c r="B7" t="inlineStr"/>
+          <t>Lords Cricket</t>
+        </is>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Lords cricket photo</t>
+        </is>
+      </c>
       <c r="C7" s="1" t="n">
-        <v>45786.67200231482</v>
+        <v>45839.53967592592</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-coordination-non-retail-07-05-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/lords-cricket</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>Certificate in Rating</t>
-[...6 lines deleted...]
-      </c>
+          <t>2023 List GPCR Coordination Non-Retail 07.05.2025</t>
+        </is>
+      </c>
+      <c r="B8" t="inlineStr"/>
       <c r="C8" s="1" t="n">
-        <v>45786.61872685186</v>
+        <v>45786.67200231482</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/certificate-in-rating</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-coordination-non-retail-07-05-2025</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>NNDR Act 2025</t>
+          <t>Certificate in Rating</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>NNDR Multipliers and Private Schools Act 2025</t>
+          <t>IRRV’s Certificate in Rating in association with the Rating Surveyors’ Association</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>45761.71494212963</v>
+        <v>45786.61872685186</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/nndr-act-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/certificate-in-rating</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>Transforming Business Rates</t>
+          <t>NNDR Act 2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>Transforming business rates response</t>
+          <t>NNDR Multipliers and Private Schools Act 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>45747.69864583333</v>
+        <v>45761.71494212963</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/transforming-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/nndr-act-2025</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>election 2025 supporting doc</t>
-[...2 lines deleted...]
-      <c r="B11" t="inlineStr"/>
+          <t>Transforming Business Rates</t>
+        </is>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Transforming business rates response</t>
+        </is>
+      </c>
       <c r="C11" s="1" t="n">
-        <v>45732.77637731482</v>
+        <v>45747.69864583333</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2025-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/transforming-business-rates</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>RSA Members Dinner Flyer 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>election 2025 supporting doc</t>
+        </is>
+      </c>
+      <c r="B12" t="inlineStr"/>
       <c r="C12" s="1" t="n">
-        <v>45729.34980324074</v>
+        <v>45732.77637731482</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-flyer-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2025-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>RSA CPD 5 March 2025 Video Recording</t>
-[...2 lines deleted...]
-      <c r="B13" t="inlineStr"/>
+          <t>RSA Members Dinner Flyer 2025</t>
+        </is>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Members Dinner Flyer 2025</t>
+        </is>
+      </c>
       <c r="C13" s="1" t="n">
-        <v>45726.76545138889</v>
+        <v>45729.34980324074</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-5-march-2025-video-recording</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-flyer-2025</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>MD 2025 flyer</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA CPD 5 March 2025 Video Recording</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr"/>
       <c r="C14" s="1" t="n">
-        <v>45724.83106481482</v>
+        <v>45726.76545138889</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/md-2025-flyer</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-5-march-2025-video-recording</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach</t>
+          <t>MD 2025 flyer</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach - Blake Penfold</t>
+          <t>MD 2025 flyer</t>
         </is>
       </c>
       <c r="C15" s="1" t="n">
-        <v>45700.81460648148</v>
+        <v>45724.83106481482</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/acting-as-both-expert-and-advocate-at-valuation-tribunal-a-practical-approach</t>
+          <t>https://ratingsurveyorsassociation.org/documents/md-2025-flyer</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>2023 List - GPCR Log</t>
+          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach</t>
         </is>
       </c>
       <c r="B16" t="inlineStr">
         <is>
-          <t>GPCR Log January 2025</t>
+          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach - Blake Penfold</t>
         </is>
       </c>
       <c r="C16" s="1" t="n">
-        <v>45694.77369212963</v>
+        <v>45700.81460648148</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-log</t>
+          <t>https://ratingsurveyorsassociation.org/documents/acting-as-both-expert-and-advocate-at-valuation-tribunal-a-practical-approach</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
+          <t>2023 List - GPCR Log</t>
+        </is>
+      </c>
+      <c r="B17" t="inlineStr">
+        <is>
+          <t>GPCR Log January 2025</t>
+        </is>
+      </c>
+      <c r="C17" s="1" t="n">
+        <v>45694.77369212963</v>
+      </c>
+      <c r="D17" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-log</t>
+        </is>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="inlineStr">
+        <is>
           <t>RSA CPD webinar slides: Prosser v Ricketts [2024] UKUT 264 (LC) and LionHeart</t>
         </is>
       </c>
-      <c r="B17" t="inlineStr">
+      <c r="B18" t="inlineStr">
         <is>
           <t xml:space="preserve">Roger Cohen has always taken a keen interest in business rates and is therefore well placed to review for us the case of Prosser v Ricketts [2024] UKUT 264 (LC) in his talk, “Where do you keep your briefs? Barristers’ chambers and the unit of assessment.”
 After 23 years at Bryan Cave Leighton Paisner, Roger has recently moved on from his role as a highly respected senior counsel to enjoy the greater flexibility of self-employment as a legal consultant.
 Roger’s talk will be around 35 minutes followed by an on-line Q&amp;A.
 Faye Smith of LionHeart will then give us an introduction to the charity supported by the RSA for many years. While most of us have heard of LionHeart, many of us may be a little uncertain of what they do. Faye will put that right by telling us how the charity looks to support RICS professionals in both good times and bad, throughout their working life and beyond.
 </t>
         </is>
       </c>
-      <c r="C17" s="1" t="n">
+      <c r="C18" s="1" t="n">
         <v>45688.6124537037</v>
       </c>
-      <c r="D17" t="inlineStr">
+      <c r="D18" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-prosser-v-ricketts-2024-ukut-264-lc-and-lionheart</t>
-        </is>
-[...18 lines deleted...]
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-revised-sept-2024</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="inlineStr">
         <is>
-          <t>Calendar 2025</t>
+          <t>RSA Rules of the Association Revised Sept 2024</t>
         </is>
       </c>
       <c r="B19" t="inlineStr">
         <is>
-          <t>Calendar 2025 details</t>
+          <t>Updated Rules of Association</t>
         </is>
       </c>
       <c r="C19" s="1" t="n">
-        <v>45589.78313010726</v>
+        <v>45677.49907407408</v>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/calendar-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-revised-sept-2024</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="inlineStr">
         <is>
-          <t>Diprats calendar 2025</t>
-[...2 lines deleted...]
-      <c r="B20" t="inlineStr"/>
+          <t>Calendar 2025</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Calendar 2025 details</t>
+        </is>
+      </c>
       <c r="C20" s="1" t="n">
-        <v>45589.78198261185</v>
+        <v>45589.78313010726</v>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/diprats-calendar-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/calendar-2025</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="inlineStr">
         <is>
-          <t>RSA Rule change notification</t>
-[...6 lines deleted...]
-      </c>
+          <t>Diprats calendar 2025</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr"/>
       <c r="C21" s="1" t="n">
-        <v>45573.60358754211</v>
+        <v>45589.78198261185</v>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rule-change-notification</t>
+          <t>https://ratingsurveyorsassociation.org/documents/diprats-calendar-2025</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2024</t>
-[...2 lines deleted...]
-      <c r="B22" t="inlineStr"/>
+          <t>RSA Rule change notification</t>
+        </is>
+      </c>
+      <c r="B22" t="inlineStr">
+        <is>
+          <t>Proposed rule changes October 2024</t>
+        </is>
+      </c>
       <c r="C22" s="1" t="n">
-        <v>45560.42239008041</v>
+        <v>45573.60358754211</v>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rule-change-notification</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>2023 Rating List GPCR Corodination Non-Retail</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2024</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr"/>
       <c r="C23" s="1" t="n">
-        <v>45524.76417452898</v>
+        <v>45560.42239008041</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-rating-list-gpcr-corodination-non-retail</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2024</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>GPCR Log (30-Jul-24)</t>
+          <t>2023 Rating List GPCR Corodination Non-Retail</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>GPCR Log as at 30-JUl-24</t>
+          <t>2023 Rating List GPCR Corodination Non-Retail</t>
         </is>
       </c>
       <c r="C24" s="1" t="n">
-        <v>45524.66226441501</v>
+        <v>45524.76417452898</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-30-jul-24</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-rating-list-gpcr-corodination-non-retail</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2023</t>
-[...2 lines deleted...]
-      <c r="B25" t="inlineStr"/>
+          <t>GPCR Log (30-Jul-24)</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr">
+        <is>
+          <t>GPCR Log as at 30-JUl-24</t>
+        </is>
+      </c>
       <c r="C25" s="1" t="n">
-        <v>45397.7055288244</v>
+        <v>45524.66226441501</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-30-jul-24</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>Property Chamber Invitation to careers evening</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA signed accounts to Dec 2023</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr"/>
       <c r="C26" s="1" t="n">
-        <v>45386.72018142384</v>
+        <v>45397.7055288244</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/property-chamber-invitation-to-careers-evening</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2023</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t xml:space="preserve">UT Changes to Practice Directions </t>
+          <t>Property Chamber Invitation to careers evening</t>
         </is>
       </c>
       <c r="B27" t="inlineStr">
         <is>
-          <t>Slides from RSA CPD 3 April 2024</t>
+          <t>Property Chamber Invitation to careers evening</t>
         </is>
       </c>
       <c r="C27" s="1" t="n">
-        <v>45386.70185930728</v>
+        <v>45386.72018142384</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-changes-to-practice-directions</t>
+          <t>https://ratingsurveyorsassociation.org/documents/property-chamber-invitation-to-careers-evening</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t>House of Lords flyer 2024</t>
-[...2 lines deleted...]
-      <c r="B28" t="inlineStr"/>
+          <t xml:space="preserve">UT Changes to Practice Directions </t>
+        </is>
+      </c>
+      <c r="B28" t="inlineStr">
+        <is>
+          <t>Slides from RSA CPD 3 April 2024</t>
+        </is>
+      </c>
       <c r="C28" s="1" t="n">
-        <v>45375.85403935185</v>
+        <v>45386.70185930728</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-changes-to-practice-directions</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>2024 ballot supporting statements</t>
+          <t>House of Lords flyer 2024</t>
         </is>
       </c>
       <c r="B29" t="inlineStr"/>
       <c r="C29" s="1" t="n">
-        <v>45364.61906148252</v>
+        <v>45375.85403935185</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2024-ballot-supporting-statements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2024</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>Ballot form 2024</t>
+          <t>2024 ballot supporting statements</t>
         </is>
       </c>
       <c r="B30" t="inlineStr"/>
       <c r="C30" s="1" t="n">
-        <v>45364.61821448446</v>
+        <v>45364.61906148252</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-form-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2024-ballot-supporting-statements</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>BR consultation on Avoidance summary of responses</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ballot form 2024</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr"/>
       <c r="C31" s="1" t="n">
-        <v>45358.37051852373</v>
+        <v>45364.61821448446</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-on-avoidance-summary-of-responses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-form-2024</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>BR consultation Avoidance summary of responses</t>
-[...2 lines deleted...]
-      <c r="B32" t="inlineStr"/>
+          <t>BR consultation on Avoidance summary of responses</t>
+        </is>
+      </c>
+      <c r="B32" t="inlineStr">
+        <is>
+          <t>summary responses to consultation</t>
+        </is>
+      </c>
       <c r="C32" s="1" t="n">
-        <v>45358.36834256676</v>
+        <v>45358.37051852373</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-avoidance-summary-of-responses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-on-avoidance-summary-of-responses</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>RSA CPD webinar recording: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
-[...6 lines deleted...]
-      </c>
+          <t>BR consultation Avoidance summary of responses</t>
+        </is>
+      </c>
+      <c r="B33" t="inlineStr"/>
       <c r="C33" s="1" t="n">
-        <v>45345.68758101852</v>
+        <v>45358.36834256676</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-recording-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
+          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-avoidance-summary-of-responses</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
+          <t>RSA CPD webinar recording: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
         </is>
       </c>
       <c r="B34" t="inlineStr">
         <is>
-          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on "Topical APC matters concerning the Local Taxation and Assessment Pathway".   A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C34" s="1" t="n">
-        <v>45345.68421296297</v>
+        <v>45345.68758101852</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-recording-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 18th April 2024</t>
-[...2 lines deleted...]
-      <c r="B35" t="inlineStr"/>
+          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr">
+        <is>
+          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
+        </is>
+      </c>
       <c r="C35" s="1" t="n">
-        <v>45341.57001157408</v>
+        <v>45345.68421296297</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-18th-april-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>2024 Flight Club booking form</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 18th April 2024</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr"/>
       <c r="C36" s="1" t="n">
-        <v>45271.74478104283</v>
+        <v>45341.57001157408</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2024-flight-club-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-18th-april-2024</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t xml:space="preserve">2017 check form </t>
+          <t>2024 Flight Club booking form</t>
         </is>
       </c>
       <c r="B37" t="inlineStr">
         <is>
-          <t>VOA 2017 check form for use where property never included in 2023 list</t>
+          <t>Flight Club booking form 2024</t>
         </is>
       </c>
       <c r="C37" s="1" t="n">
-        <v>45250.80200576264</v>
+        <v>45271.74478104283</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-check-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2024-flight-club-booking-form</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t>Inner Temple Photo</t>
+          <t xml:space="preserve">2017 check form </t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>Inner Temple Photo</t>
+          <t>VOA 2017 check form for use where property never included in 2023 list</t>
         </is>
       </c>
       <c r="C38" s="1" t="n">
-        <v>45240.43360668221</v>
+        <v>45250.80200576264</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/inner-temple-photo</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-check-form</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>NDR Act 2023</t>
+          <t>Inner Temple Photo</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>NDR Act 2023</t>
+          <t>Inner Temple Photo</t>
         </is>
       </c>
       <c r="C39" s="1" t="n">
-        <v>45238.58835194531</v>
+        <v>45240.43360668221</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-act-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/inner-temple-photo</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>Principles of Rating Cal 2024</t>
+          <t>NDR Act 2023</t>
         </is>
       </c>
       <c r="B40" t="inlineStr">
         <is>
-          <t>Calendar 2024</t>
+          <t>NDR Act 2023</t>
         </is>
       </c>
       <c r="C40" s="1" t="n">
-        <v>45225.77677083333</v>
+        <v>45238.58835194531</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-cal-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-act-2023</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner - 9 November 2023</t>
-[...2 lines deleted...]
-      <c r="B41" t="inlineStr"/>
+          <t>Principles of Rating Cal 2024</t>
+        </is>
+      </c>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>Calendar 2024</t>
+        </is>
+      </c>
       <c r="C41" s="1" t="n">
-        <v>45184.69184076307</v>
+        <v>45225.77677083333</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-9-november-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-cal-2024</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>Flight Club</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner - 9 November 2023</t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr"/>
       <c r="C42" s="1" t="n">
-        <v>45126.48382563525</v>
+        <v>45184.69184076307</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/flight-club</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-9-november-2023</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
+          <t>Flight Club</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
+          <t>Flight Club 2022</t>
         </is>
       </c>
       <c r="C43" s="1" t="n">
-        <v>45126.47906440753</v>
+        <v>45126.48382563525</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-february-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/flight-club</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>CPD webinar:  "The Non Domestic Rates Bill" with Luke Wilcox</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>Luke Wilcox of Landmark Chambers presents and takes questions on the topic of “The Non Domestic Rating Bill”, a subject likely to bring about some of the biggest changes to business rates for over 30 years (since the Local Government Finance Act 1988).  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
         </is>
       </c>
       <c r="C44" s="1" t="n">
-        <v>45118.66287037037</v>
+        <v>45126.47906440753</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpd-webinar-the-non-domestic-rates-bill-with-luke-wilcox</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-february-2022</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>23.06 NDR Bill slides</t>
+          <t>CPD webinar:  "The Non Domestic Rates Bill" with Luke Wilcox</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Luke Wilcox CPD NDR Bill presentation slides</t>
+          <t>Luke Wilcox of Landmark Chambers presents and takes questions on the topic of “The Non Domestic Rating Bill”, a subject likely to bring about some of the biggest changes to business rates for over 30 years (since the Local Government Finance Act 1988).  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C45" s="1" t="n">
-        <v>45113.5129622922</v>
+        <v>45118.66287037037</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/23-06-ndr-bill-slides</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpd-webinar-the-non-domestic-rates-bill-with-luke-wilcox</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>CONSULTATION ON DISCLOSURE: SHARING INFORMATION ON BUSINESS RATE VALUATIONS</t>
+          <t>23.06 NDR Bill slides</t>
         </is>
       </c>
       <c r="B46" t="inlineStr">
         <is>
-          <t>Consultation on disclosure and sharing information RSA response</t>
+          <t>Luke Wilcox CPD NDR Bill presentation slides</t>
         </is>
       </c>
       <c r="C46" s="1" t="n">
-        <v>45091.69314814815</v>
+        <v>45113.5129622922</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consultation-on-disclosure-sharing-information-on-business-rate-valuations</t>
+          <t>https://ratingsurveyorsassociation.org/documents/23-06-ndr-bill-slides</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' webinar for Junior and Affiliate Members</t>
+          <t>CONSULTATION ON DISCLOSURE: SHARING INFORMATION ON BUSINESS RATE VALUATIONS</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on ‘Choice of Valuation Method for Rating’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>Consultation on disclosure and sharing information RSA response</t>
         </is>
       </c>
       <c r="C47" s="1" t="n">
-        <v>45056.30818397249</v>
+        <v>45091.69314814815</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consultation-on-disclosure-sharing-information-on-business-rate-valuations</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+          <t>'Choice of Valuation Method for Rating' webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on ‘Choice of Valuation Method for Rating’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C48" s="1" t="n">
-        <v>45056.29855433634</v>
+        <v>45056.30818397249</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>"Case Law Update" webinar for Junior and Affiliate Members</t>
+          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, provides a ‘Case Law update to include a review of Supreme Court judgments over the last few years’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="C49" s="1" t="n">
-        <v>45050.37386684624</v>
+        <v>45056.29855433634</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>"Case Law update" slides from webinar for Junior and Affiliate Members</t>
+          <t>"Case Law Update" webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Slides from "Case Law Update" webinar.  Hosted by William Illingworth MRICS with Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, as guest speaker.</t>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, provides a ‘Case Law update to include a review of Supreme Court judgments over the last few years’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C50" s="1" t="n">
-        <v>45050.3715625</v>
+        <v>45050.37386684624</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>House of Lords flyer 2023</t>
-[...2 lines deleted...]
-      <c r="B51" t="inlineStr"/>
+          <t>"Case Law update" slides from webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>Slides from "Case Law Update" webinar.  Hosted by William Illingworth MRICS with Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, as guest speaker.</t>
+        </is>
+      </c>
       <c r="C51" s="1" t="n">
-        <v>45039.73403332166</v>
+        <v>45050.3715625</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>NDR Bill 2023</t>
+          <t>House of Lords flyer 2023</t>
         </is>
       </c>
       <c r="B52" t="inlineStr"/>
       <c r="C52" s="1" t="n">
-        <v>45014.74954001656</v>
+        <v>45039.73403332166</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-bill-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2023</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>Ballot supporting statements 2023</t>
+          <t>NDR Bill 2023</t>
         </is>
       </c>
       <c r="B53" t="inlineStr"/>
       <c r="C53" s="1" t="n">
-        <v>44994.51184555452</v>
+        <v>45014.74954001656</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-supporting-statements-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-bill-2023</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Ballot 2023</t>
+          <t>Ballot supporting statements 2023</t>
         </is>
       </c>
       <c r="B54" t="inlineStr"/>
       <c r="C54" s="1" t="n">
-        <v>44994.51042809013</v>
+        <v>44994.51184555452</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-supporting-statements-2023</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 20 April 2023</t>
+          <t>Ballot 2023</t>
         </is>
       </c>
       <c r="B55" t="inlineStr"/>
       <c r="C55" s="1" t="n">
-        <v>44971.35675357638</v>
+        <v>44994.51042809013</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-2023</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 20 April 2022</t>
+          <t>RSA Members Dinner 20 April 2023</t>
         </is>
       </c>
       <c r="B56" t="inlineStr"/>
       <c r="C56" s="1" t="n">
-        <v>44971.35134202366</v>
+        <v>44971.35675357638</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2023</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>"Repair" slides from webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 20 April 2022</t>
+        </is>
+      </c>
+      <c r="B57" t="inlineStr"/>
       <c r="C57" s="1" t="n">
-        <v>44967.55421396703</v>
+        <v>44971.35134202366</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/repair-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2022</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>"Repair" webinar for Junior and Affiliate Members</t>
+          <t>"Repair" slides from webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B58" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS, Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on "Repair".  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>Slides from "Repair" webinar.  Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, as guest speaker.</t>
         </is>
       </c>
       <c r="C58" s="1" t="n">
-        <v>44967.45427083333</v>
+        <v>44967.55421396703</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/repair-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/repair-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
+          <t>"Repair" webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B59" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
+          <t>Hosted by William Illingworth MRICS, Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on "Repair".  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C59" s="1" t="n">
-        <v>44929.36450952834</v>
+        <v>44967.45427083333</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-first-tier-rules-of-procedure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/repair-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Upper Tribunal Regs</t>
+          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
         </is>
       </c>
       <c r="B60" t="inlineStr">
         <is>
-          <t>Scotland 2023 Upper Tribunal regs</t>
+          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
         </is>
       </c>
       <c r="C60" s="1" t="n">
-        <v>44929.36370562814</v>
+        <v>44929.36450952834</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-upper-tribunal-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-first-tier-rules-of-procedure</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Val Proposals Procedure</t>
+          <t>Scotland 2023 Regulations - Upper Tribunal Regs</t>
         </is>
       </c>
       <c r="B61" t="inlineStr">
         <is>
-          <t>Scotland 2023 Proposals Procedure regs</t>
+          <t>Scotland 2023 Upper Tribunal regs</t>
         </is>
       </c>
       <c r="C61" s="1" t="n">
-        <v>44929.36262173332</v>
+        <v>44929.36370562814</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-proposals-procedure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-upper-tribunal-regs</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Val Roll and Val Notices</t>
+          <t>Scotland 2023 Regulations - Val Proposals Procedure</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Scotland 2023 Val Roll and Val Notices Regs</t>
+          <t>Scotland 2023 Proposals Procedure regs</t>
         </is>
       </c>
       <c r="C62" s="1" t="n">
-        <v>44929.36144278685</v>
+        <v>44929.36262173332</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-roll-and-val-notices</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-proposals-procedure</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Valuation Timetable</t>
+          <t>Scotland 2023 Regulations - Val Roll and Val Notices</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Scotland 2023 Valuation timetable regs</t>
+          <t>Scotland 2023 Val Roll and Val Notices Regs</t>
         </is>
       </c>
       <c r="C63" s="1" t="n">
-        <v>44929.36006994268</v>
+        <v>44929.36144278685</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-valuation-timetable</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-roll-and-val-notices</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Wales draft TR regs</t>
+          <t>Scotland 2023 Regulations - Valuation Timetable</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Wales 2023 DRaft TR regs</t>
+          <t>Scotland 2023 Valuation timetable regs</t>
         </is>
       </c>
       <c r="C64" s="1" t="n">
-        <v>44907.74354195582</v>
+        <v>44929.36006994268</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/wales-draft-tr-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-valuation-timetable</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Recent VOA gateway changes</t>
-[...2 lines deleted...]
-      <c r="B65" t="inlineStr"/>
+          <t>Wales draft TR regs</t>
+        </is>
+      </c>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>Wales 2023 DRaft TR regs</t>
+        </is>
+      </c>
       <c r="C65" s="1" t="n">
-        <v>44902.40167245539</v>
+        <v>44907.74354195582</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/recent-voa-gateway-changes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/wales-draft-tr-regs</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>RSA Rules of the Association (Feb 2022)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Recent VOA gateway changes</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr"/>
       <c r="C66" s="1" t="n">
-        <v>44896.28167658389</v>
+        <v>44902.40167245539</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-feb-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/recent-voa-gateway-changes</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+          <t>RSA Rules of the Association (Feb 2022)</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+          <t>RSA Rules of the Association (Feb 2022)</t>
         </is>
       </c>
       <c r="C67" s="1" t="n">
-        <v>44896.28132524482</v>
+        <v>44896.28167658389</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-feb-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-feb-2022</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
         </is>
       </c>
       <c r="C68" s="1" t="n">
-        <v>44888.56299808437</v>
+        <v>44896.28132524482</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-feb-2022</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>JB donate</t>
-[...2 lines deleted...]
-      <c r="B69" t="inlineStr"/>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+        </is>
+      </c>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+        </is>
+      </c>
       <c r="C69" s="1" t="n">
-        <v>44872.49048556195</v>
+        <v>44888.56299808437</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/jb-donate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-2022</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>CoVA 2022</t>
+          <t>JB donate</t>
         </is>
       </c>
       <c r="B70" t="inlineStr"/>
       <c r="C70" s="1" t="n">
-        <v>44866.82988719266</v>
+        <v>44872.49048556195</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cova-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/jb-donate</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>House of Lords Terrace</t>
+          <t>CoVA 2022</t>
         </is>
       </c>
       <c r="B71" t="inlineStr"/>
       <c r="C71" s="1" t="n">
-        <v>44865.82818503342</v>
+        <v>44866.82988719266</v>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-terrace</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cova-2022</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022 - 7 December 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>House of Lords Terrace</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr"/>
       <c r="C72" s="1" t="n">
-        <v>44865.77549768519</v>
+        <v>44865.82818503342</v>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-7-december-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-terrace</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>40 Bank Street</t>
-[...2 lines deleted...]
-      <c r="B73" t="inlineStr"/>
+          <t>RSA Guest Dinner 2022 - 7 December 2022</t>
+        </is>
+      </c>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>Revised flyer</t>
+        </is>
+      </c>
       <c r="C73" s="1" t="n">
-        <v>44851.80329211518</v>
+        <v>44865.77549768519</v>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/40-bank-street</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-7-december-2022</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022 updated</t>
+          <t>40 Bank Street</t>
         </is>
       </c>
       <c r="B74" t="inlineStr"/>
       <c r="C74" s="1" t="n">
-        <v>44851.77324786889</v>
+        <v>44851.80329211518</v>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-updated</t>
+          <t>https://ratingsurveyorsassociation.org/documents/40-bank-street</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>RICS Professional Ethics Webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2022 updated</t>
+        </is>
+      </c>
+      <c r="B75" t="inlineStr"/>
       <c r="C75" s="1" t="n">
-        <v>44844.33597222222</v>
+        <v>44851.77324786889</v>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-professional-ethics-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-updated</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>DBR Consultation RSA Response 2022</t>
-[...2 lines deleted...]
-      <c r="B76" t="inlineStr"/>
+          <t>RICS Professional Ethics Webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth, Kate Taylor FRICS Assoc CPID talks on ‘RICS professional ethics’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C76" s="1" t="n">
-        <v>44831.55676989248</v>
+        <v>44844.33597222222</v>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/dbr-consultation-rsa-response-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-professional-ethics-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022</t>
+          <t>DBR Consultation RSA Response 2022</t>
         </is>
       </c>
       <c r="B77" t="inlineStr"/>
       <c r="C77" s="1" t="n">
-        <v>44830.68790679082</v>
+        <v>44831.55676989248</v>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/dbr-consultation-rsa-response-2022</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>Golf Day 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2022</t>
+        </is>
+      </c>
+      <c r="B78" t="inlineStr"/>
       <c r="C78" s="1" t="n">
-        <v>44830.31795138889</v>
+        <v>44830.68790679082</v>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/golf-day-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t xml:space="preserve"> Principles of Rating Calendar 2023</t>
-[...2 lines deleted...]
-      <c r="B79" t="inlineStr"/>
+          <t>Golf Day 2022</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>Golf Day 2022</t>
+        </is>
+      </c>
       <c r="C79" s="1" t="n">
-        <v>44827.72244852166</v>
+        <v>44830.31795138889</v>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/golf-day-2022</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t>Mode or Category Webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve"> Principles of Rating Calendar 2023</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr"/>
       <c r="C80" s="1" t="n">
-        <v>44823.80158564815</v>
+        <v>44827.72244852166</v>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mode-or-category-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2023</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>BUSINESS RATES REVALUATION 2023: CONSULTATION ON THE TRANSITIONAL ARRANGEMENTS</t>
+          <t>Mode or Category Webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B81" t="inlineStr">
         <is>
-          <t>2023 Revaluation: RSA response to Transitional Relief Consultation</t>
+          <t>Hosted by William Illingworth, Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, talks on ‘Mode or Category’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C81" s="1" t="n">
-        <v>44762.59408154602</v>
+        <v>44823.80158564815</v>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-revaluation-2023-consultation-on-the-transitional-arrangements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mode-or-category-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>Draft regulations for end of list provisions 2017</t>
-[...2 lines deleted...]
-      <c r="B82" t="inlineStr"/>
+          <t>BUSINESS RATES REVALUATION 2023: CONSULTATION ON THE TRANSITIONAL ARRANGEMENTS</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>2023 Revaluation: RSA response to Transitional Relief Consultation</t>
+        </is>
+      </c>
       <c r="C82" s="1" t="n">
-        <v>44704.39765550107</v>
+        <v>44762.59408154602</v>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-for-end-of-list-provisions-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-revaluation-2023-consultation-on-the-transitional-arrangements</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>DRAFT REGULATIONS TO IMPLEMENT THE “END OF THE LIST” PROVISONS</t>
+          <t>Draft regulations for end of list provisions 2017</t>
         </is>
       </c>
       <c r="B83" t="inlineStr"/>
       <c r="C83" s="1" t="n">
-        <v>44692.78858937705</v>
+        <v>44704.39765550107</v>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-to-implement-the-end-of-the-list-provisons</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-for-end-of-list-provisions-2017</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>BRIL 4 2022</t>
+          <t>DRAFT REGULATIONS TO IMPLEMENT THE “END OF THE LIST” PROVISONS</t>
         </is>
       </c>
       <c r="B84" t="inlineStr"/>
       <c r="C84" s="1" t="n">
-        <v>44691.8481712963</v>
+        <v>44692.78858937705</v>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-to-implement-the-end-of-the-list-provisons</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>HOL 2022 booking form</t>
+          <t>BRIL 4 2022</t>
         </is>
       </c>
       <c r="B85" t="inlineStr"/>
       <c r="C85" s="1" t="n">
-        <v>44676.53548184572</v>
+        <v>44691.8481712963</v>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/hol-2022-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2022</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2021</t>
+          <t>HOL 2022 booking form</t>
         </is>
       </c>
       <c r="B86" t="inlineStr"/>
       <c r="C86" s="1" t="n">
-        <v>44649.54743420244</v>
+        <v>44676.53548184572</v>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/hol-2022-booking-form</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>Diprat centenary booking form</t>
+          <t>RSA signed accounts to Dec 2021</t>
         </is>
       </c>
       <c r="B87" t="inlineStr"/>
       <c r="C87" s="1" t="n">
-        <v>44648.46555141702</v>
+        <v>44649.54743420244</v>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/diprat-centenary-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2021</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 7 APRIL 2022</t>
+          <t>Diprat centenary booking form</t>
         </is>
       </c>
       <c r="B88" t="inlineStr"/>
       <c r="C88" s="1" t="n">
-        <v>44638.6284118901</v>
+        <v>44648.46555141702</v>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-7-april-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/diprat-centenary-booking-form</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>rsa rulles 2022 complaints and disciplinarary procedures</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 7 APRIL 2022</t>
+        </is>
+      </c>
+      <c r="B89" t="inlineStr"/>
       <c r="C89" s="1" t="n">
-        <v>44620.40950231482</v>
+        <v>44638.6284118901</v>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rulles-2022-complaints-and-disciplinarary-procedures</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-7-april-2022</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>RSA rules 2022</t>
+          <t>rsa rulles 2022 complaints and disciplinarary procedures</t>
         </is>
       </c>
       <c r="B90" t="inlineStr">
         <is>
-          <t>RSA rules 2022</t>
+          <t>RSA rules complaints and procedures</t>
         </is>
       </c>
       <c r="C90" s="1" t="n">
-        <v>44620.40869212963</v>
+        <v>44620.40950231482</v>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rulles-2022-complaints-and-disciplinarary-procedures</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
+          <t>RSA rules 2022</t>
         </is>
       </c>
       <c r="B91" t="inlineStr">
         <is>
-          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
+          <t>RSA rules 2022</t>
         </is>
       </c>
       <c r="C91" s="1" t="n">
-        <v>44615.76025462963</v>
+        <v>44620.40869212963</v>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-review-technical-consultation-rating-surveyors-association-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-2022</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2022</t>
-[...2 lines deleted...]
-      <c r="B92" t="inlineStr"/>
+          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
+        </is>
+      </c>
       <c r="C92" s="1" t="n">
-        <v>44612.84440972222</v>
+        <v>44615.76025462963</v>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-review-technical-consultation-rating-surveyors-association-response</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>Ballot 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 2022</t>
+        </is>
+      </c>
+      <c r="B93" t="inlineStr"/>
       <c r="C93" s="1" t="n">
-        <v>44612.79532651386</v>
+        <v>44612.84440972222</v>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2022</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Election 2022 ballot paper</t>
-[...2 lines deleted...]
-      <c r="B94" t="inlineStr"/>
+          <t>Ballot 2022</t>
+        </is>
+      </c>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>corrected ballot 2022 form</t>
+        </is>
+      </c>
       <c r="C94" s="1" t="n">
-        <v>44612.68129913451</v>
+        <v>44612.79532651386</v>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2022-ballot-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-2022</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>election 2022 supporting  doc</t>
-[...6 lines deleted...]
-      </c>
+          <t>Election 2022 ballot paper</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr"/>
       <c r="C95" s="1" t="n">
-        <v>44612.68034663892</v>
+        <v>44612.68129913451</v>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2022-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2022-ballot-paper</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>RSA Rating Coronavirus etc Act (Final)</t>
+          <t>election 2022 supporting  doc</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Webinar presentation slides</t>
+          <t>Election candidate blurb</t>
         </is>
       </c>
       <c r="C96" s="1" t="n">
-        <v>44595.60995332507</v>
+        <v>44612.68034663892</v>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rating-coronavirus-etc-act-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2022-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>RSA Webinar 20 Jan 2022 Ricketts v Cyxtera</t>
+          <t>RSA Rating Coronavirus etc Act (Final)</t>
         </is>
       </c>
       <c r="B97" t="inlineStr">
         <is>
-          <t>webinar presentation slides</t>
+          <t>Webinar presentation slides</t>
         </is>
       </c>
       <c r="C97" s="1" t="n">
-        <v>44594.70662037037</v>
+        <v>44595.60995332507</v>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-20-jan-2022-ricketts-v-cyxtera</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rating-coronavirus-etc-act-final</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>RSA Webinar 13 Jan 2022 Fundamental Review of Business Rates</t>
+          <t>RSA Webinar 20 Jan 2022 Ricketts v Cyxtera</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>webinar presentation recording</t>
+          <t>webinar presentation slides</t>
         </is>
       </c>
       <c r="C98" s="1" t="n">
-        <v>44594.70606481482</v>
+        <v>44594.70662037037</v>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-13-jan-2022-fundamental-review-of-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-20-jan-2022-ricketts-v-cyxtera</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>VTS 2017 appeals: Evidence submission guidance</t>
-[...2 lines deleted...]
-      <c r="B99" t="inlineStr"/>
+          <t>RSA Webinar 13 Jan 2022 Fundamental Review of Business Rates</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>webinar presentation recording</t>
+        </is>
+      </c>
       <c r="C99" s="1" t="n">
-        <v>44593.44268296276</v>
+        <v>44594.70606481482</v>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-2017-appeals-evidence-submission-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-13-jan-2022-fundamental-review-of-business-rates</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>Flyer VOA history</t>
+          <t>VTS 2017 appeals: Evidence submission guidance</t>
         </is>
       </c>
       <c r="B100" t="inlineStr"/>
       <c r="C100" s="1" t="n">
-        <v>44524.50597954431</v>
+        <v>44593.44268296276</v>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/flyer-voa-history</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-2017-appeals-evidence-submission-guidance</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Welsh 2021 Decap rate</t>
+          <t>Flyer VOA history</t>
         </is>
       </c>
       <c r="B101" t="inlineStr"/>
       <c r="C101" s="1" t="n">
-        <v>44514.82995740448</v>
+        <v>44524.50597954431</v>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-2021-decap-rate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/flyer-voa-history</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Unit of Assessment briefing note</t>
-[...6 lines deleted...]
-      </c>
+          <t>Welsh 2021 Decap rate</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr"/>
       <c r="C102" s="1" t="n">
-        <v>44510.54485536978</v>
+        <v>44514.82995740448</v>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/unit-of-assessment-briefing-note</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-2021-decap-rate</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>OGM 2020 Minutes</t>
+          <t>Unit of Assessment briefing note</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>OGM 2020 minutes</t>
+          <t>Briefing Note</t>
         </is>
       </c>
       <c r="C103" s="1" t="n">
-        <v>44509.54533493261</v>
+        <v>44510.54485536978</v>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ogm-2020-minutes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/unit-of-assessment-briefing-note</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>Principles of Rating Calendar 2022</t>
+          <t>OGM 2020 Minutes</t>
         </is>
       </c>
       <c r="B104" t="inlineStr">
         <is>
-          <t>Calendar 2022</t>
+          <t>OGM 2020 minutes</t>
         </is>
       </c>
       <c r="C104" s="1" t="n">
-        <v>44487.71111527073</v>
+        <v>44509.54533493261</v>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ogm-2020-minutes</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Guest Dinner HMS Belfast 2021</t>
+          <t>Principles of Rating Calendar 2022</t>
         </is>
       </c>
       <c r="B105" t="inlineStr">
         <is>
-          <t>HMS Belfast 11th November Booking Form</t>
+          <t>Calendar 2022</t>
         </is>
       </c>
       <c r="C105" s="1" t="n">
-        <v>44472.66380172382</v>
+        <v>44487.71111527073</v>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-hms-belfast-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2022</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Contractors Method of Valuation Webinar for Junior and Affiliate Members</t>
+          <t>Guest Dinner HMS Belfast 2021</t>
         </is>
       </c>
       <c r="B106" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS, Helen Zammit-Willson, current Chair of the Rating Diploma Holders’ Section and Director of the National Valuation Unit at the Valuation Office Agency, talks on the ‘Contractors Method of Valuation’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>HMS Belfast 11th November Booking Form</t>
         </is>
       </c>
       <c r="C106" s="1" t="n">
-        <v>44466.72326388889</v>
+        <v>44472.66380172382</v>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/contractors-method-of-valuation-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-hms-belfast-2021</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>Contractors Method of Valuation Webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Presentation given by Roger Cohen on Thursday 3rd June</t>
+          <t>Hosted by William Illingworth MRICS, Helen Zammit-Willson, current Chair of the Rating Diploma Holders’ Section and Director of the National Valuation Unit at the Valuation Office Agency, talks on the ‘Contractors Method of Valuation’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C107" s="1" t="n">
-        <v>44466.71716246691</v>
+        <v>44466.72326388889</v>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/special</t>
+          <t>https://ratingsurveyorsassociation.org/documents/contractors-method-of-valuation-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Fundamentals</t>
+          <t>Special</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+          <t>Presentation given by Roger Cohen on Thursday 3rd June</t>
         </is>
       </c>
       <c r="C108" s="1" t="n">
-        <v>44466.71012976917</v>
+        <v>44466.71716246691</v>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/fundamentals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/special</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
+          <t>Fundamentals</t>
+        </is>
+      </c>
+      <c r="B109" t="inlineStr">
+        <is>
           <t>Basic Rating Fundamentals and Landmark Case Law</t>
         </is>
       </c>
-      <c r="B109" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="C109" s="1" t="n">
-        <v>44466.68613425926</v>
+        <v>44466.71012976917</v>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/basic-rating-fundamentals-and-landmark-case-law</t>
+          <t>https://ratingsurveyorsassociation.org/documents/fundamentals</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>RSA - More Frequent Revaluations - Aug21 Response</t>
-[...2 lines deleted...]
-      <c r="B110" t="inlineStr"/>
+          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+        </is>
+      </c>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>Webinar for Junior and Affiliate Members.  Hosted by William Illingworth MRICS, Patrick Bond talks on 'Basic rating fundamentals and landmark case law.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C110" s="1" t="n">
-        <v>44432.4105787037</v>
+        <v>44466.68613425926</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-more-frequent-revaluations-aug21-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/basic-rating-fundamentals-and-landmark-case-law</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>rsa agent coordination proforma</t>
+          <t>RSA - More Frequent Revaluations - Aug21 Response</t>
         </is>
       </c>
       <c r="B111" t="inlineStr"/>
       <c r="C111" s="1" t="n">
-        <v>44421.85898223901</v>
+        <v>44432.4105787037</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-agent-coordination-proforma</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-more-frequent-revaluations-aug21-response</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>HOL 2021 booking form</t>
+          <t>rsa agent coordination proforma</t>
         </is>
       </c>
       <c r="B112" t="inlineStr"/>
       <c r="C112" s="1" t="n">
-        <v>44419.62411488238</v>
+        <v>44421.85898223901</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/hol-2021-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-agent-coordination-proforma</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>Upper Tribunal Lands Practice Note Electronic Filing</t>
+          <t>HOL 2021 booking form</t>
         </is>
       </c>
       <c r="B113" t="inlineStr"/>
       <c r="C113" s="1" t="n">
-        <v>44382.90886253346</v>
+        <v>44419.62411488238</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/upper-tribunal-lands-practice-note-electronic-filing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/hol-2021-booking-form</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>UT Lands Practice Note EC filing</t>
+          <t>Upper Tribunal Lands Practice Note Electronic Filing</t>
         </is>
       </c>
       <c r="B114" t="inlineStr"/>
       <c r="C114" s="1" t="n">
-        <v>44382.52977440992</v>
+        <v>44382.90886253346</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-practice-note-ec-filing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/upper-tribunal-lands-practice-note-electronic-filing</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>Patrick Bond Basic Rating Principles and Case Law</t>
-[...6 lines deleted...]
-      </c>
+          <t>UT Lands Practice Note EC filing</t>
+        </is>
+      </c>
+      <c r="B115" t="inlineStr"/>
       <c r="C115" s="1" t="n">
-        <v>44365.78885416667</v>
+        <v>44382.52977440992</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/patrick-bond-basic-rating-principles-and-case-law</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-practice-note-ec-filing</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>RSA CPD Event - Rating Liability and SPV's</t>
+          <t>Patrick Bond Basic Rating Principles and Case Law</t>
         </is>
       </c>
       <c r="B116" t="inlineStr">
         <is>
-          <t>CPD event slides</t>
+          <t>Slides from Affiliates webinar with Patrick Bond 8 April 2021</t>
         </is>
       </c>
       <c r="C116" s="1" t="n">
-        <v>44354.8396875</v>
+        <v>44365.78885416667</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-event-rating-liability-and-spv-s</t>
+          <t>https://ratingsurveyorsassociation.org/documents/patrick-bond-basic-rating-principles-and-case-law</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>AGM 2021 agenda</t>
+          <t>RSA CPD Event - Rating Liability and SPV's</t>
         </is>
       </c>
       <c r="B117" t="inlineStr">
         <is>
-          <t>2021 AGM agenda</t>
+          <t>CPD event slides</t>
         </is>
       </c>
       <c r="C117" s="1" t="n">
-        <v>44307.75404125627</v>
+        <v>44354.8396875</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2021-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-event-rating-liability-and-spv-s</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>Privacy settings</t>
+          <t>AGM 2021 agenda</t>
         </is>
       </c>
       <c r="B118" t="inlineStr">
         <is>
-          <t>Guide to reviewing your privacy settings</t>
+          <t>2021 AGM agenda</t>
         </is>
       </c>
       <c r="C118" s="1" t="n">
-        <v>44307.75196459732</v>
+        <v>44307.75404125627</v>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/privacy-settings</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2021-agenda</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>2020 Accounts</t>
-[...2 lines deleted...]
-      <c r="B119" t="inlineStr"/>
+          <t>Privacy settings</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>Guide to reviewing your privacy settings</t>
+        </is>
+      </c>
       <c r="C119" s="1" t="n">
-        <v>44295.63247102627</v>
+        <v>44307.75196459732</v>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-accounts</t>
+          <t>https://ratingsurveyorsassociation.org/documents/privacy-settings</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>Scotland NDR Relief Regs 2021</t>
+          <t>2020 Accounts</t>
         </is>
       </c>
       <c r="B120" t="inlineStr"/>
       <c r="C120" s="1" t="n">
-        <v>44277.66886222688</v>
+        <v>44295.63247102627</v>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-relief-regs-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-accounts</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>Scotland 2021 Relief Regs</t>
+          <t>Scotland NDR Relief Regs 2021</t>
         </is>
       </c>
       <c r="B121" t="inlineStr"/>
       <c r="C121" s="1" t="n">
-        <v>44277.66823217978</v>
+        <v>44277.66886222688</v>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2021-relief-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-relief-regs-2021</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>RSA Press Release - Mar21</t>
+          <t>Scotland 2021 Relief Regs</t>
         </is>
       </c>
       <c r="B122" t="inlineStr"/>
       <c r="C122" s="1" t="n">
-        <v>44277.49678554048</v>
+        <v>44277.66823217978</v>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-press-release-mar21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2021-relief-regs</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>RSA Briefing Note - Mar21</t>
+          <t>RSA Press Release - Mar21</t>
         </is>
       </c>
       <c r="B123" t="inlineStr"/>
       <c r="C123" s="1" t="n">
-        <v>44277.49657919679</v>
+        <v>44277.49678554048</v>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-briefing-note-mar21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-press-release-mar21</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>2021 Ballot form</t>
+          <t>RSA Briefing Note - Mar21</t>
         </is>
       </c>
       <c r="B124" t="inlineStr"/>
       <c r="C124" s="1" t="n">
-        <v>44260.39191237147</v>
+        <v>44277.49657919679</v>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-briefing-note-mar21</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>2021 Ballot supporting statements</t>
+          <t>2021 Ballot form</t>
         </is>
       </c>
       <c r="B125" t="inlineStr"/>
       <c r="C125" s="1" t="n">
-        <v>44260.39159788637</v>
+        <v>44260.39191237147</v>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-supporting-statements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-form</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>Chancellor letter</t>
+          <t>2021 Ballot supporting statements</t>
         </is>
       </c>
       <c r="B126" t="inlineStr"/>
       <c r="C126" s="1" t="n">
-        <v>44244.84816941125</v>
+        <v>44260.39159788637</v>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/chancellor-letter</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-supporting-statements</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>Wales Empty Rate Consultation Response</t>
+          <t>Chancellor letter</t>
         </is>
       </c>
       <c r="B127" t="inlineStr"/>
       <c r="C127" s="1" t="n">
-        <v>44239.50941055874</v>
+        <v>44244.84816941125</v>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/wales-empty-rate-consultation-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/chancellor-letter</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>RSA - VOA COVID discussions - Working Groups 101220</t>
+          <t>Wales Empty Rate Consultation Response</t>
         </is>
       </c>
       <c r="B128" t="inlineStr"/>
       <c r="C128" s="1" t="n">
-        <v>44186.73185456897</v>
+        <v>44239.50941055874</v>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-voa-covid-discussions-working-groups-101220</t>
+          <t>https://ratingsurveyorsassociation.org/documents/wales-empty-rate-consultation-response</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>BRIL 2020.12</t>
+          <t>RSA - VOA COVID discussions - Working Groups 101220</t>
         </is>
       </c>
       <c r="B129" t="inlineStr"/>
       <c r="C129" s="1" t="n">
-        <v>44183.81024252981</v>
+        <v>44186.73185456897</v>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-2020-12</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-voa-covid-discussions-working-groups-101220</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>Dec 2020 Guide for VAC members</t>
+          <t>BRIL 2020.12</t>
         </is>
       </c>
       <c r="B130" t="inlineStr"/>
       <c r="C130" s="1" t="n">
-        <v>44180.97068352486</v>
+        <v>44183.81024252981</v>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/dec-2020-guide-for-vac-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-2020-12</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>Scotland - Guide for VAC members</t>
+          <t>Dec 2020 Guide for VAC members</t>
         </is>
       </c>
       <c r="B131" t="inlineStr"/>
       <c r="C131" s="1" t="n">
-        <v>44179.94106875509</v>
+        <v>44180.97068352486</v>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-guide-for-vac-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/dec-2020-guide-for-vac-members</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>OGM 2019 Minutes</t>
+          <t>Scotland - Guide for VAC members</t>
         </is>
       </c>
       <c r="B132" t="inlineStr"/>
       <c r="C132" s="1" t="n">
-        <v>44167.57865627269</v>
+        <v>44179.94106875509</v>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ogm-2019-minutes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-guide-for-vac-members</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>Scotland - letter to all ratepayers</t>
+          <t>OGM 2019 Minutes</t>
         </is>
       </c>
       <c r="B133" t="inlineStr"/>
       <c r="C133" s="1" t="n">
-        <v>44150.45955386949</v>
+        <v>44167.57865627269</v>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-letter-to-all-ratepayers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ogm-2019-minutes</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t xml:space="preserve">Welsh Rate Relief - Consultation </t>
+          <t>Scotland - letter to all ratepayers</t>
         </is>
       </c>
       <c r="B134" t="inlineStr"/>
       <c r="C134" s="1" t="n">
-        <v>44147.85208346879</v>
+        <v>44150.45955386949</v>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-rate-relief-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-letter-to-all-ratepayers</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Conference 2020</t>
+          <t xml:space="preserve">Welsh Rate Relief - Consultation </t>
         </is>
       </c>
       <c r="B135" t="inlineStr"/>
       <c r="C135" s="1" t="n">
-        <v>44146.86544107066</v>
+        <v>44147.85208346879</v>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-rate-relief-consultation</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>2020 OGM agenda</t>
+          <t>RICS Rating Diploma Conference 2020</t>
         </is>
       </c>
       <c r="B136" t="inlineStr"/>
       <c r="C136" s="1" t="n">
-        <v>44143.42941263832</v>
+        <v>44146.86544107066</v>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-ogm-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-2020</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>Call for Evidence Fundamental Review of Buisness Rates submission 2</t>
+          <t>2020 OGM agenda</t>
         </is>
       </c>
       <c r="B137" t="inlineStr"/>
       <c r="C137" s="1" t="n">
-        <v>44134.76553502592</v>
+        <v>44143.42941263832</v>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission-2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-ogm-agenda</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>CPT Whats happening to rents in a Covid world</t>
-[...6 lines deleted...]
-      </c>
+          <t>Call for Evidence Fundamental Review of Buisness Rates submission 2</t>
+        </is>
+      </c>
+      <c r="B138" t="inlineStr"/>
       <c r="C138" s="1" t="n">
-        <v>44123.4818693619</v>
+        <v>44134.76553502592</v>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-whats-happening-to-rents-in-a-covid-world</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission-2</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>Call for evidence - Fundamental Review of Buisness Rates - Part 2</t>
-[...2 lines deleted...]
-      <c r="B139" t="inlineStr"/>
+          <t>CPT Whats happening to rents in a Covid world</t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>CPT 18 Nov 2020</t>
+        </is>
+      </c>
       <c r="C139" s="1" t="n">
-        <v>44095.5057271841</v>
+        <v>44123.4818693619</v>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-part-2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-whats-happening-to-rents-in-a-covid-world</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>Call for Evidence Fundamental Review of Buisness Rates submission1</t>
+          <t>Call for evidence - Fundamental Review of Buisness Rates - Part 2</t>
         </is>
       </c>
       <c r="B140" t="inlineStr"/>
       <c r="C140" s="1" t="n">
-        <v>44095.50398483389</v>
+        <v>44095.5057271841</v>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission1</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-part-2</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>Museums where are we now</t>
-[...6 lines deleted...]
-      </c>
+          <t>Call for Evidence Fundamental Review of Buisness Rates submission1</t>
+        </is>
+      </c>
+      <c r="B141" t="inlineStr"/>
       <c r="C141" s="1" t="n">
-        <v>44064.3300788603</v>
+        <v>44095.50398483389</v>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/museums-where-are-we-now</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission1</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>Assessor Information Notice Consultation</t>
-[...2 lines deleted...]
-      <c r="B142" t="inlineStr"/>
+          <t>Museums where are we now</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>RSA Seminar given my Colin HunterMRICS IRRV (Hons)</t>
+        </is>
+      </c>
       <c r="C142" s="1" t="n">
-        <v>44061.80549450988</v>
+        <v>44064.3300788603</v>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/assessor-information-notice-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/museums-where-are-we-now</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>Call for evidence</t>
+          <t>Assessor Information Notice Consultation</t>
         </is>
       </c>
       <c r="B143" t="inlineStr"/>
       <c r="C143" s="1" t="n">
-        <v>44049.93478258648</v>
+        <v>44061.80549450988</v>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence</t>
+          <t>https://ratingsurveyorsassociation.org/documents/assessor-information-notice-consultation</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Consolidated Practice Statement July 2020</t>
+          <t>Call for evidence</t>
         </is>
       </c>
       <c r="B144" t="inlineStr"/>
       <c r="C144" s="1" t="n">
-        <v>44042.87513414942</v>
+        <v>44049.93478258648</v>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consolidated-practice-statement-july-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>Covid 19 Emergency Practice Statement</t>
+          <t>Consolidated Practice Statement July 2020</t>
         </is>
       </c>
       <c r="B145" t="inlineStr"/>
       <c r="C145" s="1" t="n">
-        <v>44042.87448427943</v>
+        <v>44042.87513414942</v>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/covid-19-emergency-practice-statement</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consolidated-practice-statement-july-2020</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>Joint statement re Covid-19 MCC proposals</t>
+          <t>Covid 19 Emergency Practice Statement</t>
         </is>
       </c>
       <c r="B146" t="inlineStr"/>
       <c r="C146" s="1" t="n">
-        <v>44027.39024132132</v>
+        <v>44042.87448427943</v>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/joint-statement-re-covid-19-mcc-proposals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/covid-19-emergency-practice-statement</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>CPD Museums July 2020</t>
-[...6 lines deleted...]
-      </c>
+          <t>Joint statement re Covid-19 MCC proposals</t>
+        </is>
+      </c>
+      <c r="B147" t="inlineStr"/>
       <c r="C147" s="1" t="n">
-        <v>44021.45196374862</v>
+        <v>44027.39024132132</v>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpd-museums-july-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/joint-statement-re-covid-19-mcc-proposals</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>Scotland NDR (Scotland) Bill</t>
+          <t>CPD Museums July 2020</t>
         </is>
       </c>
       <c r="B148" t="inlineStr">
         <is>
-          <t>NDR (Scotland) Bill</t>
+          <t>CPD Museums July 2020</t>
         </is>
       </c>
       <c r="C148" s="1" t="n">
-        <v>44005.51186578636</v>
+        <v>44021.45196374862</v>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-scotland-bill</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpd-museums-july-2020</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>VTS Listing of stayed ATM appeals Presidents Statement</t>
+          <t>Scotland NDR (Scotland) Bill</t>
         </is>
       </c>
       <c r="B149" t="inlineStr">
         <is>
-          <t>VTS ATM appeals</t>
+          <t>NDR (Scotland) Bill</t>
         </is>
       </c>
       <c r="C149" s="1" t="n">
-        <v>44005.47466445344</v>
+        <v>44005.51186578636</v>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-listing-of-stayed-atm-appeals-presidents-statement</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-scotland-bill</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>RSA Rules February 2020</t>
-[...2 lines deleted...]
-      <c r="B150" t="inlineStr"/>
+          <t>VTS Listing of stayed ATM appeals Presidents Statement</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>VTS ATM appeals</t>
+        </is>
+      </c>
       <c r="C150" s="1" t="n">
-        <v>43999.37209114243</v>
+        <v>44005.47466445344</v>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-listing-of-stayed-atm-appeals-presidents-statement</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>BEIS Discretionary grants FAQs</t>
+          <t>RSA Rules February 2020</t>
         </is>
       </c>
       <c r="B151" t="inlineStr"/>
       <c r="C151" s="1" t="n">
-        <v>43979.92028938784</v>
+        <v>43999.37209114243</v>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-faqs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2020</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>BEIS Discretionary grants V2</t>
+          <t>BEIS Discretionary grants FAQs</t>
         </is>
       </c>
       <c r="B152" t="inlineStr"/>
       <c r="C152" s="1" t="n">
-        <v>43979.91971311165</v>
+        <v>43979.92028938784</v>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-v2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-faqs</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>UKSC 0225 Judgement ATM</t>
-[...6 lines deleted...]
-      </c>
+          <t>BEIS Discretionary grants V2</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr"/>
       <c r="C153" s="1" t="n">
-        <v>43972.46407010538</v>
+        <v>43979.91971311165</v>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-0225-judgement-atm</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-v2</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEIS Grant - Local Authority Discretionary Grant Fund </t>
+          <t>UKSC 0225 Judgement ATM</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>Local Authority Discretionary Grant Fund announcement</t>
+          <t>UKSC Judgement ATM</t>
         </is>
       </c>
       <c r="C154" s="1" t="n">
-        <v>43963.37927481026</v>
+        <v>43972.46407010538</v>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-grant-local-authority-discretionary-grant-fund</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-0225-judgement-atm</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t>minutes AGM 23.4.20</t>
+          <t xml:space="preserve">BEIS Grant - Local Authority Discretionary Grant Fund </t>
         </is>
       </c>
       <c r="B155" t="inlineStr">
         <is>
-          <t>AGM minutes</t>
+          <t>Local Authority Discretionary Grant Fund announcement</t>
         </is>
       </c>
       <c r="C155" s="1" t="n">
-        <v>43945.53551369767</v>
+        <v>43963.37927481026</v>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/minutes-agm-23-4-20</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-grant-local-authority-discretionary-grant-fund</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>Covid 19 Committee changes to Association 2020-21</t>
+          <t>minutes AGM 23.4.20</t>
         </is>
       </c>
       <c r="B156" t="inlineStr">
         <is>
-          <t>Covid 19 changes to Association structure 2020-21</t>
+          <t>AGM minutes</t>
         </is>
       </c>
       <c r="C156" s="1" t="n">
-        <v>43944.85786680457</v>
+        <v>43945.53551369767</v>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/covid-19-committee-changes-to-association-2020-21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/minutes-agm-23-4-20</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>AGM 2020 Committee Structure 2020-21</t>
-[...2 lines deleted...]
-      <c r="B157" t="inlineStr"/>
+          <t>Covid 19 Committee changes to Association 2020-21</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>Covid 19 changes to Association structure 2020-21</t>
+        </is>
+      </c>
       <c r="C157" s="1" t="n">
-        <v>43944.85700307436</v>
+        <v>43944.85786680457</v>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-committee-structure-2020-21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/covid-19-committee-changes-to-association-2020-21</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>AGM 2020 Presidents address</t>
-[...6 lines deleted...]
-      </c>
+          <t>AGM 2020 Committee Structure 2020-21</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr"/>
       <c r="C158" s="1" t="n">
-        <v>43944.85627476353</v>
+        <v>43944.85700307436</v>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-presidents-address</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-committee-structure-2020-21</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2019</t>
-[...2 lines deleted...]
-      <c r="B159" t="inlineStr"/>
+          <t>AGM 2020 Presidents address</t>
+        </is>
+      </c>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>AGM 2020 Presidents address</t>
+        </is>
+      </c>
       <c r="C159" s="1" t="n">
-        <v>43943.90936925542</v>
+        <v>43944.85627476353</v>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-presidents-address</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>AGM meeting agenda 2020</t>
+          <t>RSA signed accounts to Dec 2019</t>
         </is>
       </c>
       <c r="B160" t="inlineStr"/>
       <c r="C160" s="1" t="n">
-        <v>43942.45153405471</v>
+        <v>43943.90936925542</v>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-meeting-agenda-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2019</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>V1 Technical C19 Business Support Grant FAQs</t>
-[...6 lines deleted...]
-      </c>
+          <t>AGM meeting agenda 2020</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr"/>
       <c r="C161" s="1" t="n">
-        <v>43930.90086229627</v>
+        <v>43942.45153405471</v>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/v1-technical-c19-business-support-grant-faqs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-meeting-agenda-2020</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>V4.1 Master Small Business Grant Fund and Retail Guidance</t>
+          <t>V1 Technical C19 Business Support Grant FAQs</t>
         </is>
       </c>
       <c r="B162" t="inlineStr">
         <is>
-          <t>small business grant fund &amp; retail guidance</t>
+          <t>Technical C19 Business Support Frant FAQs</t>
         </is>
       </c>
       <c r="C162" s="1" t="n">
-        <v>43930.89808857505</v>
+        <v>43930.90086229627</v>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/v4-1-master-small-business-grant-fund-and-retail-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/v1-technical-c19-business-support-grant-faqs</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>VTS appeals &amp; listing service (AALS)</t>
+          <t>V4.1 Master Small Business Grant Fund and Retail Guidance</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>VTS launch appeals &amp; listing service</t>
+          <t>small business grant fund &amp; retail guidance</t>
         </is>
       </c>
       <c r="C163" s="1" t="n">
-        <v>43924.67512354998</v>
+        <v>43930.89808857505</v>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-appeals-and-listing-service-aals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/v4-1-master-small-business-grant-fund-and-retail-guidance</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rates (Coronavirus Reliefs) (Scotland) Regulations 2020</t>
-[...2 lines deleted...]
-      <c r="B164" t="inlineStr"/>
+          <t>VTS appeals &amp; listing service (AALS)</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>VTS launch appeals &amp; listing service</t>
+        </is>
+      </c>
       <c r="C164" s="1" t="n">
-        <v>43922.88145201811</v>
+        <v>43924.67512354998</v>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-coronavirus-reliefs-scotland-regulations-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-appeals-and-listing-service-aals</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>UT Lands Chamber Covid 19 Presidential Guidance</t>
+          <t>The Non-Domestic Rates (Coronavirus Reliefs) (Scotland) Regulations 2020</t>
         </is>
       </c>
       <c r="B165" t="inlineStr"/>
       <c r="C165" s="1" t="n">
-        <v>43915.5844212963</v>
+        <v>43922.88145201811</v>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-chamber-covid-19-presidential-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-coronavirus-reliefs-scotland-regulations-2020</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t xml:space="preserve">MCHLG Guidance: Further businesses and premises to close </t>
-[...6 lines deleted...]
-      </c>
+          <t>UT Lands Chamber Covid 19 Presidential Guidance</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr"/>
       <c r="C166" s="1" t="n">
-        <v>43915.5709375</v>
+        <v>43915.5844212963</v>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mchlg-guidance-further-businesses-and-premises-to-close</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-chamber-covid-19-presidential-guidance</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t>Scat Codes</t>
-[...2 lines deleted...]
-      <c r="B167" t="inlineStr"/>
+          <t xml:space="preserve">MCHLG Guidance: Further businesses and premises to close </t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>MCHLG guidance</t>
+        </is>
+      </c>
       <c r="C167" s="1" t="n">
-        <v>43908.41837677538</v>
+        <v>43915.5709375</v>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scat-codes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mchlg-guidance-further-businesses-and-premises-to-close</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>RSA members dinner 2020</t>
+          <t>Scat Codes</t>
         </is>
       </c>
       <c r="B168" t="inlineStr"/>
       <c r="C168" s="1" t="n">
-        <v>43899.41916318031</v>
+        <v>43908.41837677538</v>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scat-codes</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>2020 Committee elections supporting doc</t>
+          <t>RSA members dinner 2020</t>
         </is>
       </c>
       <c r="B169" t="inlineStr"/>
       <c r="C169" s="1" t="n">
-        <v>43894.52513109358</v>
+        <v>43899.41916318031</v>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-elections-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2020</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>2020 Committee ballot</t>
+          <t>2020 Committee elections supporting doc</t>
         </is>
       </c>
       <c r="B170" t="inlineStr"/>
       <c r="C170" s="1" t="n">
-        <v>43894.52422750882</v>
+        <v>43894.52513109358</v>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-ballot</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-elections-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>Professional Bodies' Letter to Minister regarding CCA amendments 08.01.2020</t>
+          <t>2020 Committee ballot</t>
         </is>
       </c>
       <c r="B171" t="inlineStr"/>
       <c r="C171" s="1" t="n">
-        <v>43866.87134179882</v>
+        <v>43894.52422750882</v>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/professional-bodies-letter-to-minister-regarding-cca-amendments-08-01-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-ballot</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA response - Practice Directions UT  </t>
+          <t>Professional Bodies' Letter to Minister regarding CCA amendments 08.01.2020</t>
         </is>
       </c>
       <c r="B172" t="inlineStr"/>
       <c r="C172" s="1" t="n">
-        <v>43866.84879826573</v>
+        <v>43866.87134179882</v>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-practice-directions-ut</t>
+          <t>https://ratingsurveyorsassociation.org/documents/professional-bodies-letter-to-minister-regarding-cca-amendments-08-01-2020</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t xml:space="preserve">Practice Directions UT </t>
+          <t xml:space="preserve">RSA response - Practice Directions UT  </t>
         </is>
       </c>
       <c r="B173" t="inlineStr"/>
       <c r="C173" s="1" t="n">
-        <v>43866.84795480769</v>
+        <v>43866.84879826573</v>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/practice-directions-ut</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-practice-directions-ut</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t>RSA lecture Feb 2020 London &amp; Manchester</t>
+          <t xml:space="preserve">Practice Directions UT </t>
         </is>
       </c>
       <c r="B174" t="inlineStr"/>
       <c r="C174" s="1" t="n">
-        <v>43866.84689212542</v>
+        <v>43866.84795480769</v>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-feb-2020-london-and-manchester</t>
+          <t>https://ratingsurveyorsassociation.org/documents/practice-directions-ut</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2020</t>
+          <t>RSA lecture Feb 2020 London &amp; Manchester</t>
         </is>
       </c>
       <c r="B175" t="inlineStr"/>
       <c r="C175" s="1" t="n">
-        <v>43836.62016396605</v>
+        <v>43866.84689212542</v>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-feb-2020-london-and-manchester</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>RQT 2020</t>
+          <t>CPT National Rating Day 2020</t>
         </is>
       </c>
       <c r="B176" t="inlineStr"/>
       <c r="C176" s="1" t="n">
-        <v>43818.76562958424</v>
+        <v>43836.62016396605</v>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rqt-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2020</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>RSA response to SAA consultation on rent returns form</t>
+          <t>RQT 2020</t>
         </is>
       </c>
       <c r="B177" t="inlineStr"/>
       <c r="C177" s="1" t="n">
-        <v>43818.73860592919</v>
+        <v>43818.76562958424</v>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rqt-2020</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>RSA response to SAA consultation on rent returns</t>
+          <t>RSA response to SAA consultation on rent returns form</t>
         </is>
       </c>
       <c r="B178" t="inlineStr"/>
       <c r="C178" s="1" t="n">
-        <v>43818.73782234045</v>
+        <v>43818.73860592919</v>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns-form</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>2019 RSA lectures</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA response to SAA consultation on rent returns</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr"/>
       <c r="C179" s="1" t="n">
-        <v>43775.43144442191</v>
+        <v>43818.73782234045</v>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2019-rsa-lectures</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>Impact of Business Rates on Business - first report</t>
+          <t>2019 RSA lectures</t>
         </is>
       </c>
       <c r="B180" t="inlineStr">
         <is>
-          <t>Impact of Business Rates on Business</t>
+          <t>2019 RSA lectures</t>
         </is>
       </c>
       <c r="C180" s="1" t="n">
-        <v>43769.62372685185</v>
+        <v>43775.43144442191</v>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/impact-of-business-rates-on-business-first-report</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2019-rsa-lectures</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>VOA High Level Challenge Schematic</t>
+          <t>Impact of Business Rates on Business - first report</t>
         </is>
       </c>
       <c r="B181" t="inlineStr">
         <is>
-          <t>VOA High Level Challenge Schematic</t>
+          <t>Impact of Business Rates on Business</t>
         </is>
       </c>
       <c r="C181" s="1" t="n">
-        <v>43762.6616087963</v>
+        <v>43769.62372685185</v>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-high-level-challenge-schematic</t>
+          <t>https://ratingsurveyorsassociation.org/documents/impact-of-business-rates-on-business-first-report</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>Challenge schematic</t>
-[...2 lines deleted...]
-      <c r="B182" t="inlineStr"/>
+          <t>VOA High Level Challenge Schematic</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>VOA High Level Challenge Schematic</t>
+        </is>
+      </c>
       <c r="C182" s="1" t="n">
-        <v>43738.69920918246</v>
+        <v>43762.6616087963</v>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/challenge-schematic</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-high-level-challenge-schematic</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>Churchill War Rooms image</t>
+          <t>Challenge schematic</t>
         </is>
       </c>
       <c r="B183" t="inlineStr"/>
       <c r="C183" s="1" t="n">
-        <v>43720.44034685835</v>
+        <v>43738.69920918246</v>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/churchill-war-rooms-image</t>
+          <t>https://ratingsurveyorsassociation.org/documents/challenge-schematic</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>Annual Guest Dinner 2019 Churchill War Rooms</t>
+          <t>Churchill War Rooms image</t>
         </is>
       </c>
       <c r="B184" t="inlineStr"/>
       <c r="C184" s="1" t="n">
-        <v>43720.43454216145</v>
+        <v>43720.44034685835</v>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/annual-guest-dinner-2019-churchill-war-rooms</t>
+          <t>https://ratingsurveyorsassociation.org/documents/churchill-war-rooms-image</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>CPT Expert Witness 2019</t>
+          <t>Annual Guest Dinner 2019 Churchill War Rooms</t>
         </is>
       </c>
       <c r="B185" t="inlineStr"/>
       <c r="C185" s="1" t="n">
-        <v>43699.80172607785</v>
+        <v>43720.43454216145</v>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/annual-guest-dinner-2019-churchill-war-rooms</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>Golf Day flyer 2019</t>
+          <t>CPT Expert Witness 2019</t>
         </is>
       </c>
       <c r="B186" t="inlineStr"/>
       <c r="C186" s="1" t="n">
-        <v>43677.37938271634</v>
+        <v>43699.80172607785</v>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/golf-day-flyer-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-2019</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Holders' Section Annual Conference - 19th September 2019</t>
+          <t>Golf Day flyer 2019</t>
         </is>
       </c>
       <c r="B187" t="inlineStr"/>
       <c r="C187" s="1" t="n">
-        <v>43627.78906913438</v>
+        <v>43677.37938271634</v>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-holders-section-annual-conference-19th-september-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/golf-day-flyer-2019</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma 2019 course - applications open</t>
+          <t>RICS Rating Diploma Holders' Section Annual Conference - 19th September 2019</t>
         </is>
       </c>
       <c r="B188" t="inlineStr"/>
       <c r="C188" s="1" t="n">
-        <v>43593.79531027228</v>
+        <v>43627.78906913438</v>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course-applications-open</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-holders-section-annual-conference-19th-september-2019</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma 2019 course</t>
+          <t>RICS Rating Diploma 2019 course - applications open</t>
         </is>
       </c>
       <c r="B189" t="inlineStr"/>
       <c r="C189" s="1" t="n">
-        <v>43593.79472267468</v>
+        <v>43593.79531027228</v>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course-applications-open</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2019</t>
+          <t>RICS Rating Diploma 2019 course</t>
         </is>
       </c>
       <c r="B190" t="inlineStr"/>
       <c r="C190" s="1" t="n">
-        <v>43592.786051532</v>
+        <v>43593.79472267468</v>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>RDSC Module 9</t>
+          <t>CPT National Rating Day 2019</t>
         </is>
       </c>
       <c r="B191" t="inlineStr"/>
       <c r="C191" s="1" t="n">
-        <v>43586.80071903364</v>
+        <v>43592.786051532</v>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rdsc-module-9</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2019</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>RSA Response to Government Inquiry into Business Rates</t>
+          <t>RDSC Module 9</t>
         </is>
       </c>
       <c r="B192" t="inlineStr"/>
       <c r="C192" s="1" t="n">
-        <v>43585.55024599648</v>
+        <v>43586.80071903364</v>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-government-inquiry-into-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rdsc-module-9</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>RSA House of Lords event 2019</t>
+          <t>RSA Response to Government Inquiry into Business Rates</t>
         </is>
       </c>
       <c r="B193" t="inlineStr"/>
       <c r="C193" s="1" t="n">
-        <v>43584.67908162522</v>
+        <v>43585.55024599648</v>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-event-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-government-inquiry-into-business-rates</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>RSA House of Lords reception 2019</t>
+          <t>RSA House of Lords event 2019</t>
         </is>
       </c>
       <c r="B194" t="inlineStr"/>
       <c r="C194" s="1" t="n">
-        <v>43584.67557100907</v>
+        <v>43584.67908162522</v>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-reception-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-event-2019</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>Leeds QT 2019</t>
+          <t>RSA House of Lords reception 2019</t>
         </is>
       </c>
       <c r="B195" t="inlineStr"/>
       <c r="C195" s="1" t="n">
-        <v>43557.41127691818</v>
+        <v>43584.67557100907</v>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/leeds-qt-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-reception-2019</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>Committee Elections 2019 Supporting Docs</t>
+          <t>Leeds QT 2019</t>
         </is>
       </c>
       <c r="B196" t="inlineStr"/>
       <c r="C196" s="1" t="n">
-        <v>43531.59810960027</v>
+        <v>43557.41127691818</v>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-supporting-docs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/leeds-qt-2019</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>Committee Elections 2019 - Ballot</t>
+          <t>Committee Elections 2019 Supporting Docs</t>
         </is>
       </c>
       <c r="B197" t="inlineStr"/>
       <c r="C197" s="1" t="n">
-        <v>43531.59599560627</v>
+        <v>43531.59810960027</v>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-ballot</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-supporting-docs</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>IPTI conference</t>
+          <t>Committee Elections 2019 - Ballot</t>
         </is>
       </c>
       <c r="B198" t="inlineStr"/>
       <c r="C198" s="1" t="n">
-        <v>43531.57895844192</v>
+        <v>43531.59599560627</v>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ipti-conference</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-ballot</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t xml:space="preserve">RICS Diploma Module 8 - 2019 </t>
+          <t>IPTI conference</t>
         </is>
       </c>
       <c r="B199" t="inlineStr"/>
       <c r="C199" s="1" t="n">
-        <v>43523.51627828596</v>
+        <v>43531.57895844192</v>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-diploma-module-8-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ipti-conference</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t>VOA CCA Login slides</t>
+          <t xml:space="preserve">RICS Diploma Module 8 - 2019 </t>
         </is>
       </c>
       <c r="B200" t="inlineStr"/>
       <c r="C200" s="1" t="n">
-        <v>43523.34952364207</v>
+        <v>43523.51627828596</v>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-cca-login-slides</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-diploma-module-8-2019</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>The Lansdowne Club</t>
-[...6 lines deleted...]
-      </c>
+          <t>VOA CCA Login slides</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr"/>
       <c r="C201" s="1" t="n">
-        <v>43507.52581018519</v>
+        <v>43523.34952364207</v>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-lansdowne-club</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-cca-login-slides</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>Members Dinner 2019 Booking Form</t>
-[...2 lines deleted...]
-      <c r="B202" t="inlineStr"/>
+          <t>The Lansdowne Club</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>Image of The Lansdowne Club 9 Fitzmaurice Place London W1J 5JD</t>
+        </is>
+      </c>
       <c r="C202" s="1" t="n">
-        <v>43503.59425617842</v>
+        <v>43507.52581018519</v>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2019-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-lansdowne-club</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Municipal</t>
+          <t>Members Dinner 2019 Booking Form</t>
         </is>
       </c>
       <c r="B203" t="inlineStr"/>
       <c r="C203" s="1" t="n">
-        <v>43486.45561342593</v>
+        <v>43503.59425617842</v>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-municipal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2019-booking-form</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Telecommunications</t>
+          <t>Agent Co-ordination - Municipal</t>
         </is>
       </c>
       <c r="B204" t="inlineStr"/>
       <c r="C204" s="1" t="n">
-        <v>43453.7300925926</v>
+        <v>43486.45561342593</v>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-telecommunications</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-municipal</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Education</t>
+          <t>Agent Co-ordination - Telecommunications</t>
         </is>
       </c>
       <c r="B205" t="inlineStr"/>
       <c r="C205" s="1" t="n">
-        <v>43453.71599537037</v>
+        <v>43453.7300925926</v>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-education</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-telecommunications</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Distribution Warehouses</t>
+          <t>Agent Co-ordination - Education</t>
         </is>
       </c>
       <c r="B206" t="inlineStr"/>
       <c r="C206" s="1" t="n">
-        <v>43453.70768518518</v>
+        <v>43453.71599537037</v>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-distribution-warehouses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-education</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Healthcare</t>
+          <t>Agent Co-ordination - Distribution Warehouses</t>
         </is>
       </c>
       <c r="B207" t="inlineStr"/>
       <c r="C207" s="1" t="n">
-        <v>43453.7067824074</v>
+        <v>43453.70768518518</v>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-healthcare</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-distribution-warehouses</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Industrial</t>
+          <t>Agent Co-ordination - Healthcare</t>
         </is>
       </c>
       <c r="B208" t="inlineStr"/>
       <c r="C208" s="1" t="n">
-        <v>43453.70647392349</v>
+        <v>43453.7067824074</v>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-industrial</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-healthcare</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Restaurants</t>
+          <t>Agent Co-ordination - Industrial</t>
         </is>
       </c>
       <c r="B209" t="inlineStr"/>
       <c r="C209" s="1" t="n">
-        <v>43453.70619358731</v>
+        <v>43453.70647392349</v>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-restaurants</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-industrial</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Trade Counters</t>
+          <t>Agent Co-ordination - Restaurants</t>
         </is>
       </c>
       <c r="B210" t="inlineStr"/>
       <c r="C210" s="1" t="n">
-        <v>43453.70504372664</v>
+        <v>43453.70619358731</v>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-trade-counters</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-restaurants</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Motor Trade</t>
+          <t>Agent Co-ordination - Trade Counters</t>
         </is>
       </c>
       <c r="B211" t="inlineStr"/>
       <c r="C211" s="1" t="n">
-        <v>43453.70478009259</v>
+        <v>43453.70504372664</v>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-motor-trade</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-trade-counters</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Car Parks</t>
+          <t>Agent Co-ordination - Motor Trade</t>
         </is>
       </c>
       <c r="B212" t="inlineStr"/>
       <c r="C212" s="1" t="n">
-        <v>43453.70455518537</v>
+        <v>43453.70478009259</v>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-car-parks</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-motor-trade</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Hotels</t>
+          <t>Agent Co-ordination - Car Parks</t>
         </is>
       </c>
       <c r="B213" t="inlineStr"/>
       <c r="C213" s="1" t="n">
-        <v>43453.70434027778</v>
+        <v>43453.70455518537</v>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-hotels</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-car-parks</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Advertising Rights</t>
+          <t>Agent Co-ordination - Hotels</t>
         </is>
       </c>
       <c r="B214" t="inlineStr"/>
       <c r="C214" s="1" t="n">
-        <v>43453.70409722222</v>
+        <v>43453.70434027778</v>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-advertising-rights</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-hotels</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Retail Warehouses</t>
+          <t>Agent Co-ordination - Advertising Rights</t>
         </is>
       </c>
       <c r="B215" t="inlineStr"/>
       <c r="C215" s="1" t="n">
-        <v>43453.70386574074</v>
+        <v>43453.70409722222</v>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-retail-warehouses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-advertising-rights</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Leisure</t>
+          <t>Agent Co-ordination - Retail Warehouses</t>
         </is>
       </c>
       <c r="B216" t="inlineStr"/>
       <c r="C216" s="1" t="n">
-        <v>43453.70356481482</v>
+        <v>43453.70386574074</v>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-leisure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-retail-warehouses</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Pubs</t>
+          <t>Agent Co-ordination - Leisure</t>
         </is>
       </c>
       <c r="B217" t="inlineStr"/>
       <c r="C217" s="1" t="n">
-        <v>43453.70325231482</v>
+        <v>43453.70356481482</v>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-pubs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-leisure</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Offices</t>
+          <t>Agent Co-ordination - Pubs</t>
         </is>
       </c>
       <c r="B218" t="inlineStr"/>
       <c r="C218" s="1" t="n">
-        <v>43453.70299768518</v>
+        <v>43453.70325231482</v>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-offices</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-pubs</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Renewables</t>
+          <t>Agent Co-ordination - Offices</t>
         </is>
       </c>
       <c r="B219" t="inlineStr"/>
       <c r="C219" s="1" t="n">
-        <v>43453.70030092593</v>
+        <v>43453.70299768518</v>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-renewables</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-offices</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>RSA Meeting - Birmingham - 12.1218</t>
+          <t>Agent Co-ordination - Renewables</t>
         </is>
       </c>
       <c r="B220" t="inlineStr"/>
       <c r="C220" s="1" t="n">
-        <v>43441.40614522985</v>
+        <v>43453.70030092593</v>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-meeting-birmingham-12-1218</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-renewables</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>Instructions for GPCR pages</t>
+          <t>RSA Meeting - Birmingham - 12.1218</t>
         </is>
       </c>
       <c r="B221" t="inlineStr"/>
       <c r="C221" s="1" t="n">
-        <v>43440.39599537037</v>
+        <v>43441.40614522985</v>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/instructions-for-gpcr-pages</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-meeting-birmingham-12-1218</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>Trusted Helper Form</t>
+          <t>Instructions for GPCR pages</t>
         </is>
       </c>
       <c r="B222" t="inlineStr"/>
       <c r="C222" s="1" t="n">
-        <v>43437.71053970175</v>
+        <v>43440.39599537037</v>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/trusted-helper-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/instructions-for-gpcr-pages</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating Alteration of Lists England Regulations 2018</t>
+          <t>Trusted Helper Form</t>
         </is>
       </c>
       <c r="B223" t="inlineStr"/>
       <c r="C223" s="1" t="n">
-        <v>43427.38437545763</v>
+        <v>43437.71053970175</v>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-england-regulations-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/trusted-helper-form</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>RSA Social London 22 November 2018</t>
+          <t>The Non-Domestic Rating Alteration of Lists England Regulations 2018</t>
         </is>
       </c>
       <c r="B224" t="inlineStr"/>
       <c r="C224" s="1" t="n">
-        <v>43410.67651355236</v>
+        <v>43427.38437545763</v>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-social-london-22-november-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-england-regulations-2018</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>GPCR Renewable Properties</t>
+          <t>RSA Social London 22 November 2018</t>
         </is>
       </c>
       <c r="B225" t="inlineStr"/>
       <c r="C225" s="1" t="n">
-        <v>43409.6172337963</v>
+        <v>43410.67651355236</v>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-renewable-properties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-social-london-22-november-2018</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>GPCR Office Properties</t>
+          <t>GPCR Renewable Properties</t>
         </is>
       </c>
       <c r="B226" t="inlineStr"/>
       <c r="C226" s="1" t="n">
-        <v>43409.60734953704</v>
+        <v>43409.6172337963</v>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-office-properties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-renewable-properties</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>BRIL_4-2018</t>
+          <t>GPCR Office Properties</t>
         </is>
       </c>
       <c r="B227" t="inlineStr"/>
       <c r="C227" s="1" t="n">
-        <v>43409.48812268141</v>
+        <v>43409.60734953704</v>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-office-properties</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>Rating (Property in Common Occupation) and Council Tax (Empty Dwellings) Act 2018</t>
+          <t>BRIL_4-2018</t>
         </is>
       </c>
       <c r="B228" t="inlineStr"/>
       <c r="C228" s="1" t="n">
-        <v>43409.35739476638</v>
+        <v>43409.48812268141</v>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-property-in-common-occupation-and-council-tax-empty-dwellings-act-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2018</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>RSA Lecture - Bristol - 7th Nov</t>
+          <t>Rating (Property in Common Occupation) and Council Tax (Empty Dwellings) Act 2018</t>
         </is>
       </c>
       <c r="B229" t="inlineStr"/>
       <c r="C229" s="1" t="n">
-        <v>43392.44054875977</v>
+        <v>43409.35739476638</v>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-bristol-7th-nov</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-property-in-common-occupation-and-council-tax-empty-dwellings-act-2018</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>Changes to Empty Rates in Wales</t>
+          <t>RSA Lecture - Bristol - 7th Nov</t>
         </is>
       </c>
       <c r="B230" t="inlineStr"/>
       <c r="C230" s="1" t="n">
-        <v>43390.64083626067</v>
+        <v>43392.44054875977</v>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/changes-to-empty-rates-in-wales</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-bristol-7th-nov</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>RSA - Notice to Members - Subscriptions</t>
+          <t>Changes to Empty Rates in Wales</t>
         </is>
       </c>
       <c r="B231" t="inlineStr"/>
       <c r="C231" s="1" t="n">
-        <v>43382.34427953362</v>
+        <v>43390.64083626067</v>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-notice-to-members-subscriptions</t>
+          <t>https://ratingsurveyorsassociation.org/documents/changes-to-empty-rates-in-wales</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>Rating Surveyors Association Rules (September 2018) (Final)</t>
+          <t>RSA - Notice to Members - Subscriptions</t>
         </is>
       </c>
       <c r="B232" t="inlineStr"/>
       <c r="C232" s="1" t="n">
-        <v>43382.34412852167</v>
+        <v>43382.34427953362</v>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-surveyors-association-rules-september-2018-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-notice-to-members-subscriptions</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2018 - 8th Nov 18 - Final</t>
+          <t>Rating Surveyors Association Rules (September 2018) (Final)</t>
         </is>
       </c>
       <c r="B233" t="inlineStr"/>
       <c r="C233" s="1" t="n">
-        <v>43354.43818191202</v>
+        <v>43382.34412852167</v>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2018-8th-nov-18-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-surveyors-association-rules-september-2018-final</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>CPT - Expert Witness - Gardiner Theobald LLP v Jackson (VO) 2018</t>
+          <t>RSA Guest Dinner 2018 - 8th Nov 18 - Final</t>
         </is>
       </c>
       <c r="B234" t="inlineStr"/>
       <c r="C234" s="1" t="n">
-        <v>43346.7023661953</v>
+        <v>43354.43818191202</v>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-gardiner-theobald-llp-v-jackson-vo-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2018-8th-nov-18-final</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>Mazars Draft Appeal Regs - 180823 NDR (Property in Common etc) Regulations 2018 v. 5 clean</t>
+          <t>CPT - Expert Witness - Gardiner Theobald LLP v Jackson (VO) 2018</t>
         </is>
       </c>
       <c r="B235" t="inlineStr"/>
       <c r="C235" s="1" t="n">
-        <v>43343.51394034291</v>
+        <v>43346.7023661953</v>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-appeal-regs-180823-ndr-property-in-common-etc-regulations-2018-v-5-clean</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-gardiner-theobald-llp-v-jackson-vo-2018</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Members</t>
+          <t>Mazars Draft Appeal Regs - 180823 NDR (Property in Common etc) Regulations 2018 v. 5 clean</t>
         </is>
       </c>
       <c r="B236" t="inlineStr"/>
       <c r="C236" s="1" t="n">
-        <v>43343.45115740741</v>
+        <v>43343.51394034291</v>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-appeal-regs-180823-ndr-property-in-common-etc-regulations-2018-v-5-clean</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Past Presidents</t>
+          <t>Roll of Honour of the Association - Hon Members</t>
         </is>
       </c>
       <c r="B237" t="inlineStr"/>
       <c r="C237" s="1" t="n">
-        <v>43343.45104166667</v>
+        <v>43343.45115740741</v>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-past-presidents</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-members</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Treasurers</t>
+          <t>Roll of Honour of the Association - Past Presidents</t>
         </is>
       </c>
       <c r="B238" t="inlineStr"/>
       <c r="C238" s="1" t="n">
-        <v>43343.45087962963</v>
+        <v>43343.45104166667</v>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-treasurers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-past-presidents</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Secretaries</t>
+          <t>Roll of Honour of the Association - Hon Treasurers</t>
         </is>
       </c>
       <c r="B239" t="inlineStr"/>
       <c r="C239" s="1" t="n">
-        <v>43343.45075231481</v>
+        <v>43343.45087962963</v>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-secretaries</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-treasurers</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>CCA - VOA Stats - August 2018</t>
+          <t>Roll of Honour of the Association - Hon Secretaries</t>
         </is>
       </c>
       <c r="B240" t="inlineStr"/>
       <c r="C240" s="1" t="n">
-        <v>43334.33673805369</v>
+        <v>43343.45075231481</v>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cca-voa-stats-august-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-secretaries</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>RSA Note - Guidance to Members on Appearance as Experts at Tribunal</t>
+          <t>CCA - VOA Stats - August 2018</t>
         </is>
       </c>
       <c r="B241" t="inlineStr"/>
       <c r="C241" s="1" t="n">
-        <v>43325.63853289288</v>
+        <v>43334.33673805369</v>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-note-guidance-to-members-on-appearance-as-experts-at-tribunal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cca-voa-stats-august-2018</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018 (Penalties)</t>
+          <t>RSA Note - Guidance to Members on Appearance as Experts at Tribunal</t>
         </is>
       </c>
       <c r="B242" t="inlineStr"/>
       <c r="C242" s="1" t="n">
-        <v>43321.4338734265</v>
+        <v>43325.63853289288</v>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018-penalties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-note-guidance-to-members-on-appearance-as-experts-at-tribunal</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018</t>
+          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018 (Penalties)</t>
         </is>
       </c>
       <c r="B243" t="inlineStr"/>
       <c r="C243" s="1" t="n">
-        <v>43317.48663334498</v>
+        <v>43321.4338734265</v>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018-penalties</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>RDHC 2018 FINAL</t>
+          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018</t>
         </is>
       </c>
       <c r="B244" t="inlineStr"/>
       <c r="C244" s="1" t="n">
-        <v>43297.49662580182</v>
+        <v>43317.48663334498</v>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rdhc-2018-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>Empty Rates - Principled v Trafford [2018] EWHC 1687 (Admin)</t>
+          <t>RDHC 2018 FINAL</t>
         </is>
       </c>
       <c r="B245" t="inlineStr"/>
       <c r="C245" s="1" t="n">
-        <v>43290.42773574377</v>
+        <v>43297.49662580182</v>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/empty-rates-principled-v-trafford-2018-ewhc-1687-admin</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rdhc-2018-final</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>VOA_BARs_Submission_Standards</t>
+          <t>Empty Rates - Principled v Trafford [2018] EWHC 1687 (Admin)</t>
         </is>
       </c>
       <c r="B246" t="inlineStr"/>
       <c r="C246" s="1" t="n">
-        <v>43280.50388109367</v>
+        <v>43290.42773574377</v>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-bars-submission-standards</t>
+          <t>https://ratingsurveyorsassociation.org/documents/empty-rates-principled-v-trafford-2018-ewhc-1687-admin</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>Website Test Document</t>
+          <t>VOA_BARs_Submission_Standards</t>
         </is>
       </c>
       <c r="B247" t="inlineStr"/>
       <c r="C247" s="1" t="n">
-        <v>43262.63386822114</v>
+        <v>43280.50388109367</v>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/website-test-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-bars-submission-standards</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>Draft Non-Domestic Rating (Alteration of Lists and Appeals) (Engl...</t>
+          <t>Website Test Document</t>
         </is>
       </c>
       <c r="B248" t="inlineStr"/>
       <c r="C248" s="1" t="n">
-        <v>43258.3748617327</v>
+        <v>43262.63386822114</v>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-non-domestic-rating-alteration-of-lists-and-appeals-engl</t>
+          <t>https://ratingsurveyorsassociation.org/documents/website-test-document</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>Keeling Schedule Non-Domestic Rating (Alteration of Lists and App...</t>
+          <t>Draft Non-Domestic Rating (Alteration of Lists and Appeals) (Engl...</t>
         </is>
       </c>
       <c r="B249" t="inlineStr"/>
       <c r="C249" s="1" t="n">
-        <v>43258.37468568098</v>
+        <v>43258.3748617327</v>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/keeling-schedule-non-domestic-rating-alteration-of-lists-and-app</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-non-domestic-rating-alteration-of-lists-and-appeals-engl</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>Mazars Draft Regulations letter</t>
+          <t>Keeling Schedule Non-Domestic Rating (Alteration of Lists and App...</t>
         </is>
       </c>
       <c r="B250" t="inlineStr"/>
       <c r="C250" s="1" t="n">
-        <v>43258.37370843864</v>
+        <v>43258.37468568098</v>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-regulations-letter</t>
+          <t>https://ratingsurveyorsassociation.org/documents/keeling-schedule-non-domestic-rating-alteration-of-lists-and-app</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>RSA Lectures  - Mazars Consultation part II - (London and Birmingham) June 2018</t>
+          <t>Mazars Draft Regulations letter</t>
         </is>
       </c>
       <c r="B251" t="inlineStr"/>
       <c r="C251" s="1" t="n">
-        <v>43227.6008876125</v>
+        <v>43258.37370843864</v>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-mazars-consultation-part-ii-london-and-birmingham-june-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-regulations-letter</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>2021 AVD</t>
+          <t>RSA Lectures  - Mazars Consultation part II - (London and Birmingham) June 2018</t>
         </is>
       </c>
       <c r="B252" t="inlineStr"/>
       <c r="C252" s="1" t="n">
-        <v>43227.55841719501</v>
+        <v>43227.6008876125</v>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-avd</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-mazars-consultation-part-ii-london-and-birmingham-june-2018</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>Rating Diploma - Contrcators 2018 F2F session agenda</t>
+          <t>2021 AVD</t>
         </is>
       </c>
       <c r="B253" t="inlineStr"/>
       <c r="C253" s="1" t="n">
-        <v>43220.72055080302</v>
+        <v>43227.55841719501</v>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-diploma-contrcators-2018-f2f-session-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-avd</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>House of lords 2018 revised</t>
+          <t>Rating Diploma - Contrcators 2018 F2F session agenda</t>
         </is>
       </c>
       <c r="B254" t="inlineStr"/>
       <c r="C254" s="1" t="n">
-        <v>43220.64690747156</v>
+        <v>43220.72055080302</v>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-diploma-contrcators-2018-f2f-session-agenda</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>House of Lords 2018</t>
+          <t>House of lords 2018 revised</t>
         </is>
       </c>
       <c r="B255" t="inlineStr"/>
       <c r="C255" s="1" t="n">
-        <v>43220.53898148148</v>
+        <v>43220.64690747156</v>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018-revised</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>Anti avoidance consultation in Wales</t>
+          <t>House of Lords 2018</t>
         </is>
       </c>
       <c r="B256" t="inlineStr"/>
       <c r="C256" s="1" t="n">
-        <v>43208.49966498737</v>
+        <v>43220.53898148148</v>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/anti-avoidance-consultation-in-wales</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>VT Consolidated Practice Statement - Apr 2018</t>
+          <t>Anti avoidance consultation in Wales</t>
         </is>
       </c>
       <c r="B257" t="inlineStr"/>
       <c r="C257" s="1" t="n">
-        <v>43187.53126660708</v>
+        <v>43208.49966498737</v>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vt-consolidated-practice-statement-apr-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/anti-avoidance-consultation-in-wales</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>Committee Elections 2018 - Ballot Papers - supporting docs</t>
+          <t>VT Consolidated Practice Statement - Apr 2018</t>
         </is>
       </c>
       <c r="B258" t="inlineStr"/>
       <c r="C258" s="1" t="n">
-        <v>43177.60395660761</v>
+        <v>43187.53126660708</v>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers-supporting-docs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vt-consolidated-practice-statement-apr-2018</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>Committee Elections 2018 - Ballot Papers</t>
+          <t>Committee Elections 2018 - Ballot Papers - supporting docs</t>
         </is>
       </c>
       <c r="B259" t="inlineStr"/>
       <c r="C259" s="1" t="n">
-        <v>43177.60383164072</v>
+        <v>43177.60395660761</v>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers-supporting-docs</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>RSA Consultation Response - Business rates in multi-occupied properties - Feb18</t>
+          <t>Committee Elections 2018 - Ballot Papers</t>
         </is>
       </c>
       <c r="B260" t="inlineStr"/>
       <c r="C260" s="1" t="n">
-        <v>43163.51113989668</v>
+        <v>43177.60383164072</v>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-consultation-response-business-rates-in-multi-occupied-properties-feb18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>Landmark Chambers Conference 2018</t>
+          <t>RSA Consultation Response - Business rates in multi-occupied properties - Feb18</t>
         </is>
       </c>
       <c r="B261" t="inlineStr"/>
       <c r="C261" s="1" t="n">
-        <v>43152.5063542025</v>
+        <v>43163.51113989668</v>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/landmark-chambers-conference-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-consultation-response-business-rates-in-multi-occupied-properties-feb18</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>RSA Members' Dinner April 2018</t>
+          <t>Landmark Chambers Conference 2018</t>
         </is>
       </c>
       <c r="B262" t="inlineStr"/>
       <c r="C262" s="1" t="n">
-        <v>43146.38010441321</v>
+        <v>43152.5063542025</v>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/landmark-chambers-conference-2018</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t xml:space="preserve">Business Rates Information Letter (BRIL) 1/2018 </t>
+          <t>RSA Members' Dinner April 2018</t>
         </is>
       </c>
       <c r="B263" t="inlineStr"/>
       <c r="C263" s="1" t="n">
-        <v>43142.47775098804</v>
+        <v>43146.38010441321</v>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-information-letter-bril-1-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-2018</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t>Valuation Tribunal Newsletter - Valuation in Practice No.47</t>
+          <t xml:space="preserve">Business Rates Information Letter (BRIL) 1/2018 </t>
         </is>
       </c>
       <c r="B264" t="inlineStr"/>
       <c r="C264" s="1" t="n">
-        <v>43136.46516952071</v>
+        <v>43142.47775098804</v>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-newsletter-valuation-in-practice-no-47</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-information-letter-bril-1-2018</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2017 - HMS Belfast compressed</t>
-[...6 lines deleted...]
-      </c>
+          <t>Valuation Tribunal Newsletter - Valuation in Practice No.47</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr"/>
       <c r="C265" s="1" t="n">
-        <v>43134.42775737428</v>
+        <v>43136.46516952071</v>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast-compressed</t>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-newsletter-valuation-in-practice-no-47</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2017 - 17th May - New Flier</t>
+          <t>SSB Scheme Guidance</t>
         </is>
       </c>
       <c r="B266" t="inlineStr"/>
       <c r="C266" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2017-17th-may-new-flier</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ssb-scheme-guidance</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner</t>
+          <t>uksc-2015-0069-press-summary</t>
         </is>
       </c>
       <c r="B267" t="inlineStr"/>
       <c r="C267" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-2015-0069-press-summary</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>RSA special offer - CPT Rating Day</t>
+          <t>Monk Decision - Members Update and Press Release</t>
         </is>
       </c>
       <c r="B268" t="inlineStr"/>
       <c r="C268" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-special-offer-cpt-rating-day</t>
+          <t>https://ratingsurveyorsassociation.org/documents/monk-decision-members-update-and-press-release</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>Reeves Valuations for Beluga House</t>
-[...1 lines deleted...]
-      </c>
+          <t>National Rating Day RSA</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr"/>
       <c r="C269" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/reeves-valuations-for-beluga-house</t>
+          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>Member Application Details Current</t>
-[...1 lines deleted...]
-      </c>
+          <t>APC Feedback</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr"/>
       <c r="C270" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/member-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/apc-feedback</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t>Junior Application Details Current</t>
-[...1 lines deleted...]
-      </c>
+          <t xml:space="preserve">Welsh TR Consultation </t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr"/>
       <c r="C271" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/junior-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-tr-consultation</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>Affiliate Application Details Current</t>
+          <t>Discussion Document - Needs and Redistribution</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>Discussion Document - Needs and Redistribution</t>
         </is>
       </c>
       <c r="C272" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/affiliate-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/discussion-document-needs-and-redistribution</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>RSA - Dates for your diary 2017</t>
-[...2 lines deleted...]
-      <c r="B273" t="inlineStr"/>
+          <t>Consultation Document - Business Rates Retention</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>Consultation Document - Business Rates Retention</t>
+        </is>
+      </c>
       <c r="C273" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-dates-for-your-diary-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consultation-document-business-rates-retention</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regs 2016</t>
-[...2 lines deleted...]
-      <c r="B274" t="inlineStr"/>
+          <t>RSA House of Lords 2016</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>RSA House of Lords 2016</t>
+        </is>
+      </c>
       <c r="C274" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regs-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-2016</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>Revised Welsh TR Consultation Document</t>
-[...2 lines deleted...]
-      <c r="B275" t="inlineStr"/>
+          <t>RSA Golf Flyer 2016 V5</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>Inaugural Golf Day, 16th September 2016</t>
+        </is>
+      </c>
       <c r="C275" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/revised-welsh-tr-consultation-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2016-v5</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>UKSC 2013-0117-judgment (Mazars)</t>
+          <t>CPT National Rating Day 2017 - 17th May - New Flier</t>
         </is>
       </c>
       <c r="B276" t="inlineStr"/>
       <c r="C276" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-2013-0117-judgment-mazars</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2017-17th-may-new-flier</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>RSA Marketing Code of Conduct</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr"/>
       <c r="C277" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-marketing-code-of-conduct</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>RSA Disciplinary Rules</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA special offer - CPT Rating Day</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr"/>
       <c r="C278" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-disciplinary-rules</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-special-offer-cpt-rating-day</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>Government Transitional Relief Consultation Document</t>
-[...2 lines deleted...]
-      <c r="B279" t="inlineStr"/>
+          <t>Reeves Valuations for Beluga House</t>
+        </is>
+      </c>
       <c r="C279" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/government-transitional-relief-consultation-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/reeves-valuations-for-beluga-house</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>RSA Members Dinner - HMS Flyer Final</t>
-[...4 lines deleted...]
-          <t>RSA Members Dinner - HMS Flyer Final</t>
+          <t>Member Application Details Current</t>
         </is>
       </c>
       <c r="C280" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-hms-flyer-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/member-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>RSA Committee Elections 2017 - Supporting Papers</t>
-[...2 lines deleted...]
-      <c r="B281" t="inlineStr"/>
+          <t>Junior Application Details Current</t>
+        </is>
+      </c>
       <c r="C281" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-supporting-papers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/junior-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>RSA Committee Elections 2017 - Ballot Paper</t>
-[...2 lines deleted...]
-      <c r="B282" t="inlineStr"/>
+          <t>Affiliate Application Details Current</t>
+        </is>
+      </c>
       <c r="C282" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-ballot-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/affiliate-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>Monk Decision - Members Update and Press Release</t>
+          <t>RSA - Dates for your diary 2017</t>
         </is>
       </c>
       <c r="B283" t="inlineStr"/>
       <c r="C283" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/monk-decision-members-update-and-press-release</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-dates-for-your-diary-2017</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Members Dinner 2017 - HMS Belfast </t>
-[...6 lines deleted...]
-      </c>
+          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regs 2016</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr"/>
       <c r="C284" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regs-2016</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>RICS Rating Conference 2018 - Programme</t>
+          <t>Revised Welsh TR Consultation Document</t>
         </is>
       </c>
       <c r="B285" t="inlineStr"/>
       <c r="C285" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-conference-2018-programme</t>
+          <t>https://ratingsurveyorsassociation.org/documents/revised-welsh-tr-consultation-document</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>22646 RICS Rating Conference 2018-03 FINAL</t>
+          <t>UKSC 2013-0117-judgment (Mazars)</t>
         </is>
       </c>
       <c r="B286" t="inlineStr"/>
       <c r="C286" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/22646-rics-rating-conference-2018-03-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-2013-0117-judgment-mazars</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>Case Report - Mr Peter McCrea (59374290v1 Legal)</t>
-[...2 lines deleted...]
-      <c r="B287" t="inlineStr"/>
+          <t>RSA Marketing Code of Conduct</t>
+        </is>
+      </c>
       <c r="C287" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-report-mr-peter-mccrea-59374290v1-legal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-marketing-code-of-conduct</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Business rates 2017 Reval</t>
-[...2 lines deleted...]
-      <c r="B288" t="inlineStr"/>
+          <t>RSA Disciplinary Rules</t>
+        </is>
+      </c>
       <c r="C288" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-2017-reval</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-disciplinary-rules</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>Bond and Brown - 4th edition flyer</t>
+          <t>Government Transitional Relief Consultation Document</t>
         </is>
       </c>
       <c r="B289" t="inlineStr"/>
       <c r="C289" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bond-and-brown-4th-edition-flyer</t>
+          <t>https://ratingsurveyorsassociation.org/documents/government-transitional-relief-consultation-document</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>SSB Scheme Guidance</t>
-[...2 lines deleted...]
-      <c r="B290" t="inlineStr"/>
+          <t>RSA Members Dinner - HMS Flyer Final</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>RSA Members Dinner - HMS Flyer Final</t>
+        </is>
+      </c>
       <c r="C290" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ssb-scheme-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-hms-flyer-final</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Reviewing and reforming business rates</t>
+          <t>RSA Committee Elections 2017 - Supporting Papers</t>
         </is>
       </c>
       <c r="B291" t="inlineStr"/>
       <c r="C291" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-reviewing-and-reforming-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-supporting-papers</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>VOA &amp; Agent Interaction with VT (London Focussed)</t>
+          <t>RSA Committee Elections 2017 - Ballot Paper</t>
         </is>
       </c>
       <c r="B292" t="inlineStr"/>
       <c r="C292" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-agent-interaction-with-vt-london-focussed</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-ballot-paper</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>2017 RSA Town Committees</t>
-[...2 lines deleted...]
-      <c r="B293" t="inlineStr"/>
+          <t>RSA Members Dinner 2017 - HMS Belfast compressed</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>RSA Members' Dinner - compressed file</t>
+        </is>
+      </c>
       <c r="C293" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-rsa-town-committees</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast-compressed</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t>RSA Lecture Series - 10th October 2017</t>
-[...2 lines deleted...]
-      <c r="B294" t="inlineStr"/>
+          <t xml:space="preserve">RSA Members Dinner 2017 - HMS Belfast </t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>Flyer for Members Dinner 2017</t>
+        </is>
+      </c>
       <c r="C294" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-series-10th-october-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner Flyer Nov 2017</t>
+          <t>RICS Rating Conference 2018 - Programme</t>
         </is>
       </c>
       <c r="B295" t="inlineStr"/>
       <c r="C295" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-flyer-nov-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-conference-2018-programme</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>The Barclay Report - Recommendations 22-8-17</t>
+          <t>22646 RICS Rating Conference 2018-03 FINAL</t>
         </is>
       </c>
       <c r="B296" t="inlineStr"/>
       <c r="C296" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-barclay-report-recommendations-22-8-17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/22646-rics-rating-conference-2018-03-final</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t>VOA_Business_Plan_2017_to_2019</t>
+          <t xml:space="preserve">RSA Lectures (Birmingham 18 1 18) </t>
         </is>
       </c>
       <c r="B297" t="inlineStr"/>
       <c r="C297" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voabusinessplan2017to2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-birmingham-18-1-18</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>RSA Lectures (London 5 7 17) Final</t>
+          <t>Case Report - Mr Peter McCrea (59374290v1 Legal)</t>
         </is>
       </c>
       <c r="B298" t="inlineStr"/>
       <c r="C298" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-5-7-17-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-report-mr-peter-mccrea-59374290v1-legal</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>Business Rates Budget 17 Schemes (SSB)</t>
+          <t>House of Commons Briefing Paper - Business rates 2017 Reval</t>
         </is>
       </c>
       <c r="B299" t="inlineStr"/>
       <c r="C299" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-budget-17-schemes-ssb</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-2017-reval</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t>RSA HOP Flyer 2017_2 Version small</t>
+          <t xml:space="preserve">RSA Lectures (London 15 1 18) </t>
         </is>
       </c>
       <c r="B300" t="inlineStr"/>
       <c r="C300" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-hop-flyer-20172-version-small</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-15-1-18</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t>Revised Practice Note on Disrepair and Rating Post SC</t>
+          <t xml:space="preserve">Mazars - Government con doc dec17 </t>
         </is>
       </c>
       <c r="B301" t="inlineStr"/>
       <c r="C301" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/revised-practice-note-on-disrepair-and-rating-post-sc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-government-con-doc-dec17</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>National Rating Day RSA revised</t>
-[...2 lines deleted...]
-      <c r="B302" t="inlineStr"/>
+          <t>2017 - Scottish Relief Scheme expanatory note</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>2017 - Scottish Relief Scheme expanatory note</t>
+        </is>
+      </c>
       <c r="C302" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-scottish-relief-scheme-expanatory-note</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
           <t>The Non-Domestic Rates (Transitional Relief) (Scotland) Regulations 2017 No 85</t>
         </is>
       </c>
       <c r="B303" t="inlineStr"/>
       <c r="C303" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D303" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-transitional-relief-scotland-regulations-2017-no-85</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>2017 - Scottish Relief Scheme expanatory note</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Rating Day RSA revised</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr"/>
       <c r="C304" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-scottish-relief-scheme-expanatory-note</t>
+          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa-revised</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t xml:space="preserve">Mazars - Government con doc dec17 </t>
+          <t>Revised Practice Note on Disrepair and Rating Post SC</t>
         </is>
       </c>
       <c r="B305" t="inlineStr"/>
       <c r="C305" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-government-con-doc-dec17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/revised-practice-note-on-disrepair-and-rating-post-sc</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Lectures (London 15 1 18) </t>
+          <t>RSA HOP Flyer 2017_2 Version small</t>
         </is>
       </c>
       <c r="B306" t="inlineStr"/>
       <c r="C306" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-15-1-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-hop-flyer-20172-version-small</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Lectures (Birmingham 18 1 18) </t>
+          <t>Business Rates Budget 17 Schemes (SSB)</t>
         </is>
       </c>
       <c r="B307" t="inlineStr"/>
       <c r="C307" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-birmingham-18-1-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-budget-17-schemes-ssb</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>uksc-2015-0069-press-summary</t>
+          <t>RSA Lectures (London 5 7 17) Final</t>
         </is>
       </c>
       <c r="B308" t="inlineStr"/>
       <c r="C308" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-2015-0069-press-summary</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-5-7-17-final</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>National Rating Day RSA</t>
+          <t>Bond and Brown - 4th edition flyer</t>
         </is>
       </c>
       <c r="B309" t="inlineStr"/>
       <c r="C309" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bond-and-brown-4th-edition-flyer</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>APC Feedback</t>
+          <t>VOA_Business_Plan_2017_to_2019</t>
         </is>
       </c>
       <c r="B310" t="inlineStr"/>
       <c r="C310" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/apc-feedback</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voabusinessplan2017to2019</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t xml:space="preserve">Welsh TR Consultation </t>
+          <t>The Barclay Report - Recommendations 22-8-17</t>
         </is>
       </c>
       <c r="B311" t="inlineStr"/>
       <c r="C311" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-tr-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-barclay-report-recommendations-22-8-17</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>Discussion Document - Needs and Redistribution</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner Flyer Nov 2017</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr"/>
       <c r="C312" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/discussion-document-needs-and-redistribution</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-flyer-nov-2017</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>Consultation Document - Business Rates Retention</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Lecture Series - 10th October 2017</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr"/>
       <c r="C313" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consultation-document-business-rates-retention</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-series-10th-october-2017</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>RSA House of Lords 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t>2017 RSA Town Committees</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr"/>
       <c r="C314" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-rsa-town-committees</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>RSA Golf Flyer 2016 V5</t>
-[...6 lines deleted...]
-      </c>
+          <t>VOA &amp; Agent Interaction with VT (London Focussed)</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr"/>
       <c r="C315" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2016-v5</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-agent-interaction-with-vt-london-focussed</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>JPIRVF - The Contractors Basis of valuation for rating purposes - 2nd edition - PGguidance 2017</t>
+          <t>House of Commons Briefing Paper - Reviewing and reforming business rates</t>
         </is>
       </c>
       <c r="B316" t="inlineStr"/>
       <c r="C316" s="1" t="n">
-        <v>42948.56474662077</v>
+        <v>43134.42775737428</v>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/jpirvf-the-contractors-basis-of-valuation-for-rating-purposes-2nd-edition-pgguidance-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-reviewing-and-reforming-business-rates</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>BRIL_4-2017_Spring_Budget_update</t>
+          <t>JPIRVF - The Contractors Basis of valuation for rating purposes - 2nd edition - PGguidance 2017</t>
         </is>
       </c>
       <c r="B317" t="inlineStr"/>
       <c r="C317" s="1" t="n">
-        <v>42907.58857638889</v>
+        <v>42948.56474662077</v>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril4-2017springbudgetupdate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/jpirvf-the-contractors-basis-of-valuation-for-rating-purposes-2nd-edition-pgguidance-2017</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>RSA HoL Flyer 2017 - Final</t>
+          <t>BRIL_4-2017_Spring_Budget_update</t>
         </is>
       </c>
       <c r="B318" t="inlineStr"/>
       <c r="C318" s="1" t="n">
-        <v>42859.41672453703</v>
+        <v>42907.58857638889</v>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-hol-flyer-2017-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril4-2017springbudgetupdate</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>Rating_consultancy_4th_edition_PGguidance_2017</t>
+          <t>RSA HoL Flyer 2017 - Final</t>
         </is>
       </c>
       <c r="B319" t="inlineStr"/>
       <c r="C319" s="1" t="n">
-        <v>42852.7156595173</v>
+        <v>42859.41672453703</v>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy4theditionpgguidance2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-hol-flyer-2017-final</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>Rating_consultancy_3rd_ed_April_2010</t>
+          <t>Rating_consultancy_4th_edition_PGguidance_2017</t>
         </is>
       </c>
       <c r="B320" t="inlineStr"/>
       <c r="C320" s="1" t="n">
-        <v>42850.63491898148</v>
+        <v>42852.7156595173</v>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy3rdedapril2010</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy4theditionpgguidance2017</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>Rating_appeals_4th_edition_PGguidance_2017</t>
+          <t>Rating_consultancy_3rd_ed_April_2010</t>
         </is>
       </c>
       <c r="B321" t="inlineStr"/>
       <c r="C321" s="1" t="n">
-        <v>42850.63179398148</v>
+        <v>42850.63491898148</v>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingappeals4theditionpgguidance2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy3rdedapril2010</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>RSA Golf Flyer 2017</t>
+          <t>Rating_appeals_4th_edition_PGguidance_2017</t>
         </is>
       </c>
       <c r="B322" t="inlineStr"/>
       <c r="C322" s="1" t="n">
-        <v>42822.44674871497</v>
+        <v>42850.63179398148</v>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingappeals4theditionpgguidance2017</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>RSA Signed Accounts to Dec 2016</t>
+          <t>RSA Golf Flyer 2017</t>
         </is>
       </c>
       <c r="B323" t="inlineStr"/>
       <c r="C323" s="1" t="n">
-        <v>42822.34149305556</v>
+        <v>42822.44674871497</v>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2017</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>Valuation Tribunal for England (Council Tax and Rating Appeals) (Procedure) (Amendment) Regulations 2017 SI 2017 No 156</t>
+          <t>RSA Signed Accounts to Dec 2016</t>
         </is>
       </c>
       <c r="B324" t="inlineStr"/>
       <c r="C324" s="1" t="n">
-        <v>42814.7450925926</v>
+        <v>42822.34149305556</v>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-council-tax-and-rating-appeals-procedure-amendment-regulations-2017-si-2017-no-156</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2016</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>Final Consolidated Practice Statement VTE 2017</t>
+          <t>Valuation Tribunal for England (Council Tax and Rating Appeals) (Procedure) (Amendment) Regulations 2017 SI 2017 No 156</t>
         </is>
       </c>
       <c r="B325" t="inlineStr"/>
       <c r="C325" s="1" t="n">
-        <v>42814.59171628999</v>
+        <v>42814.7450925926</v>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/final-consolidated-practice-statement-vte-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-council-tax-and-rating-appeals-procedure-amendment-regulations-2017-si-2017-no-156</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations SI No 155 - 2017</t>
+          <t>Final Consolidated Practice Statement VTE 2017</t>
         </is>
       </c>
       <c r="B326" t="inlineStr"/>
       <c r="C326" s="1" t="n">
-        <v>42813.59623435893</v>
+        <v>42814.59171628999</v>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-si-no-155-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/final-consolidated-practice-statement-vte-2017</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>Shaping the professionals of the future - RICS Response on APC changes</t>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations SI No 155 - 2017</t>
         </is>
       </c>
       <c r="B327" t="inlineStr"/>
       <c r="C327" s="1" t="n">
-        <v>42807.57623842593</v>
+        <v>42813.59623435893</v>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/shaping-the-professionals-of-the-future-rics-response-on-apc-changes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-si-no-155-2017</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>CCA - what it means to Occupiers and Landlords</t>
+          <t>Shaping the professionals of the future - RICS Response on APC changes</t>
         </is>
       </c>
       <c r="B328" t="inlineStr"/>
       <c r="C328" s="1" t="n">
-        <v>42803.34756297444</v>
+        <v>42807.57623842593</v>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cca-what-it-means-to-occupiers-and-landlords</t>
+          <t>https://ratingsurveyorsassociation.org/documents/shaping-the-professionals-of-the-future-rics-response-on-apc-changes</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Conference Sept 17</t>
+          <t>CCA - what it means to Occupiers and Landlords</t>
         </is>
       </c>
       <c r="B329" t="inlineStr"/>
       <c r="C329" s="1" t="n">
-        <v>42753.44446759259</v>
+        <v>42803.34756297444</v>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-sept-17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cca-what-it-means-to-occupiers-and-landlords</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>Letter regarding Local Government Finance Bill</t>
+          <t>RICS Rating Diploma Conference Sept 17</t>
         </is>
       </c>
       <c r="B330" t="inlineStr"/>
       <c r="C330" s="1" t="n">
-        <v>42751.77744212963</v>
+        <v>42753.44446759259</v>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/letter-regarding-local-government-finance-bill</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-sept-17</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>NDR 2010 List VT Clearance Stats Q1 &amp; Q2 2016</t>
+          <t>Letter regarding Local Government Finance Bill</t>
         </is>
       </c>
       <c r="B331" t="inlineStr"/>
       <c r="C331" s="1" t="n">
-        <v>42712.39172284942</v>
+        <v>42751.77744212963</v>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-2010-list-vt-clearance-stats-q1-q2-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/letter-regarding-local-government-finance-bill</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regulations 2016</t>
+          <t>NDR 2010 List VT Clearance Stats Q1 &amp; Q2 2016</t>
         </is>
       </c>
       <c r="B332" t="inlineStr"/>
       <c r="C332" s="1" t="n">
-        <v>42698.55362268518</v>
+        <v>42712.39172284942</v>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regulations-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-2010-list-vt-clearance-stats-q1-q2-2016</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>RSA OGM Minutes - 05 November 2015</t>
+          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regulations 2016</t>
         </is>
       </c>
       <c r="B333" t="inlineStr"/>
       <c r="C333" s="1" t="n">
-        <v>42677.38329861111</v>
+        <v>42698.55362268518</v>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-ogm-minutes-05-november-2015</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regulations-2016</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>VOA Business Plan 2016-18</t>
+          <t>RSA OGM Minutes - 05 November 2015</t>
         </is>
       </c>
       <c r="B334" t="inlineStr"/>
       <c r="C334" s="1" t="n">
-        <v>42676.40084490741</v>
+        <v>42677.38329861111</v>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-business-plan-2016-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-ogm-minutes-05-november-2015</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Business Rates- the 2017</t>
+          <t>VOA Business Plan 2016-18</t>
         </is>
       </c>
       <c r="B335" t="inlineStr"/>
       <c r="C335" s="1" t="n">
-        <v>42659.91945483558</v>
+        <v>42676.40084490741</v>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-the-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-business-plan-2016-18</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>RSA Check Challenge Appeal Response - Oct 2016</t>
+          <t>House of Commons Briefing Paper - Business Rates- the 2017</t>
         </is>
       </c>
       <c r="B336" t="inlineStr"/>
       <c r="C336" s="1" t="n">
-        <v>42654.7859375</v>
+        <v>42659.91945483558</v>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-check-challenge-appeal-response-oct-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-the-2017</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>Check, challenge, appeal: reforming business rates appeals - consultation on statutory implementation</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Check Challenge Appeal Response - Oct 2016</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr"/>
       <c r="C337" s="1" t="n">
-        <v>42598.56056712963</v>
+        <v>42654.7859375</v>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/check-challenge-appeal-reforming-business-rates-appeals-consultation-on-statutory-implementation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-check-challenge-appeal-response-oct-2016</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>RSA response to consultation on frequency of valuations</t>
-[...2 lines deleted...]
-      <c r="B338" t="inlineStr"/>
+          <t>Check, challenge, appeal: reforming business rates appeals - consultation on statutory implementation</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>Consultation Document - CCA consultation on statutory implementation</t>
+        </is>
+      </c>
       <c r="C338" s="1" t="n">
-        <v>42569.41087962963</v>
+        <v>42598.56056712963</v>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-consultation-on-frequency-of-valuations</t>
+          <t>https://ratingsurveyorsassociation.org/documents/check-challenge-appeal-reforming-business-rates-appeals-consultation-on-statutory-implementation</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>Reforming Business Rates Appeal - Government Response</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA response to consultation on frequency of valuations</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr"/>
       <c r="C339" s="1" t="n">
-        <v>42557.74689814815</v>
+        <v>42569.41087962963</v>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/reforming-business-rates-appeal-government-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-consultation-on-frequency-of-valuations</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
           <t>Reforming_Business_Rates_Appeal_Summary_of_Responses</t>
         </is>
       </c>
       <c r="B340" t="inlineStr">
         <is>
           <t>Reforming Business Rates Appeal -Summary of Responses</t>
         </is>
       </c>
       <c r="C340" s="1" t="n">
         <v>42557.74689814815</v>
       </c>
       <c r="D340" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/reformingbusinessratesappealsummaryofresponses</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>Business rates - BRIEFING PAPER</t>
+          <t>Reforming Business Rates Appeal - Government Response</t>
         </is>
       </c>
       <c r="B341" t="inlineStr">
         <is>
-          <t>An interesting summary of the how things currently stand.</t>
+          <t>Reforming Business Rates Appeal - Government Response</t>
         </is>
       </c>
       <c r="C341" s="1" t="n">
-        <v>42493.78077965774</v>
+        <v>42557.74689814815</v>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-briefing-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/reforming-business-rates-appeal-government-response</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>Honorary Treasurers of the Association</t>
-[...2 lines deleted...]
-      <c r="B342" t="inlineStr"/>
+          <t>Business rates - BRIEFING PAPER</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>An interesting summary of the how things currently stand.</t>
+        </is>
+      </c>
       <c r="C342" s="1" t="n">
-        <v>42488.01766203704</v>
+        <v>42493.78077965774</v>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/honorary-treasurers-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-briefing-paper</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>Honorary Secretaries of the Association</t>
+          <t>Honorary Treasurers of the Association</t>
         </is>
       </c>
       <c r="B343" t="inlineStr"/>
       <c r="C343" s="1" t="n">
-        <v>42488.01627314815</v>
+        <v>42488.01766203704</v>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/honorary-secretaries-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/honorary-treasurers-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>Mess Secretaries of the Association</t>
+          <t>Honorary Secretaries of the Association</t>
         </is>
       </c>
       <c r="B344" t="inlineStr"/>
       <c r="C344" s="1" t="n">
-        <v>42488.01439814815</v>
+        <v>42488.01627314815</v>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mess-secretaries-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/honorary-secretaries-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>Current Honorary Members of the Association</t>
+          <t>Mess Secretaries of the Association</t>
         </is>
       </c>
       <c r="B345" t="inlineStr"/>
       <c r="C345" s="1" t="n">
-        <v>42488.0128587963</v>
+        <v>42488.01439814815</v>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/current-honorary-members-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mess-secretaries-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>Presidents of the Rating Surveyors' Association</t>
+          <t>Current Honorary Members of the Association</t>
         </is>
       </c>
       <c r="B346" t="inlineStr"/>
       <c r="C346" s="1" t="n">
-        <v>42488.00581018518</v>
+        <v>42488.0128587963</v>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/presidents-of-the-rating-surveyors-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/current-honorary-members-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>Pre-Order Form RSA Members Dinner 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t>Presidents of the Rating Surveyors' Association</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr"/>
       <c r="C347" s="1" t="n">
-        <v>42487.77083333334</v>
+        <v>42488.00581018518</v>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pre-order-form-rsa-members-dinner-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/presidents-of-the-rating-surveyors-association</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2016</t>
+          <t>Pre-Order Form RSA Members Dinner 2016</t>
         </is>
       </c>
       <c r="B348" t="inlineStr">
         <is>
-          <t>Churchill War Rooms, Clive Steps, King Charles St. London. SW1A 2AQ</t>
+          <t>Pre-Order Form for Additional Drinks</t>
         </is>
       </c>
       <c r="C348" s="1" t="n">
         <v>42487.77083333334</v>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/pre-order-form-rsa-members-dinner-2016</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>RSA Guest dinner 2016 flyer revised</t>
-[...2 lines deleted...]
-      <c r="B349" t="inlineStr"/>
+          <t>RSA Members Dinner 2016</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>Churchill War Rooms, Clive Steps, King Charles St. London. SW1A 2AQ</t>
+        </is>
+      </c>
       <c r="C349" s="1" t="n">
-        <v>42482.62291666667</v>
+        <v>42487.77083333334</v>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2016-flyer-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2016</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>Valuation Tribunal for England Mango Tree Restaurant</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA Guest dinner 2016 flyer revised</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr"/>
       <c r="C350" s="1" t="n">
-        <v>42178.5</v>
+        <v>42482.62291666667</v>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-mango-tree-restaurant</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2016-flyer-revised</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>PGN 3 - VO's representation at the hearing</t>
+          <t>PGN 4 - NDR Appeals Failure by the parties to agree areas</t>
         </is>
       </c>
       <c r="C351" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pgn-3-vos-representation-at-the-hearing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/pgn-4-ndr-appeals-failure-by-the-parties-to-agree-areas</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>LVAC Opinion Hutchinson 3G</t>
+          <t>Tribunals, Courts and Enforcement Act Iceland Food Stores</t>
         </is>
       </c>
       <c r="C352" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/lvac-opinion-hutchinson-3g</t>
+          <t>https://ratingsurveyorsassociation.org/documents/tribunals-courts-and-enforcement-act-iceland-food-stores</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>BRIL_5_2015_Business_Rates_Review</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA Rules February 2022</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr"/>
       <c r="C353" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril52015businessratesreview</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2022</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>Tribunals, Courts and Enforcement Act Iceland Food Stores</t>
+          <t>BRIL_5_2015_Business_Rates_Review</t>
         </is>
       </c>
       <c r="C354" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/tribunals-courts-and-enforcement-act-iceland-food-stores</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril52015businessratesreview</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>RSA Rules February 2022</t>
-[...2 lines deleted...]
-      <c r="B355" t="inlineStr"/>
+          <t>Valuation Tribunal for England Mango Tree Restaurant</t>
+        </is>
+      </c>
       <c r="C355" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-mango-tree-restaurant</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
           <t>Valuation-Office-Agency-People-Survey-2014</t>
         </is>
       </c>
       <c r="C356" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D356" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/valuation-office-agency-people-survey-2014</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>PGN 4 - NDR Appeals Failure by the parties to agree areas</t>
+          <t>LVAC Opinion Hutchinson 3G</t>
         </is>
       </c>
       <c r="C357" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pgn-4-ndr-appeals-failure-by-the-parties-to-agree-areas</t>
+          <t>https://ratingsurveyorsassociation.org/documents/lvac-opinion-hutchinson-3g</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
+          <t>PGN 3 - VO's representation at the hearing</t>
+        </is>
+      </c>
+      <c r="C358" s="1" t="n">
+        <v>42178.5</v>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/pgn-3-vos-representation-at-the-hearing</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" t="inlineStr">
+        <is>
           <t>RSA Members Dinner April 15 2015</t>
         </is>
       </c>
-      <c r="C358" s="1" t="n">
+      <c r="C359" s="1" t="n">
         <v>42109.76041666666</v>
       </c>
-      <c r="D358" t="inlineStr">
+      <c r="D359" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-15-2015</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>