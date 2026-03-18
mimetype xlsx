--- v1 (2026-02-05)
+++ v2 (2026-03-18)
@@ -445,6175 +445,6262 @@
     <row r="1">
       <c r="A1" t="inlineStr">
         <is>
           <t>Name</t>
         </is>
       </c>
       <c r="B1" t="inlineStr">
         <is>
           <t>Description</t>
         </is>
       </c>
       <c r="C1" t="inlineStr">
         <is>
           <t>Published At</t>
         </is>
       </c>
       <c r="D1" t="inlineStr">
         <is>
           <t>Url</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="inlineStr">
         <is>
-          <t>Members Dinner 2026 flier</t>
-[...2 lines deleted...]
-      <c r="B2" t="inlineStr"/>
+          <t>RSA Response to HM Treasury’s Business Rates and Investment Call for Evidence</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>RSA Response to HM Treasury’s Business Rates and Investment Call for Evidence</t>
+        </is>
+      </c>
       <c r="C2" s="1" t="n">
-        <v>46054.43613425926</v>
+        <v>46098.50751157408</v>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2026-flier</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-hm-treasury-s-business-rates-and-investment-call-for-evidence</t>
         </is>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="inlineStr">
         <is>
-          <t>Rating consultancy code of practice 5th Edition</t>
+          <t>ballot-paper-for-committee-election-2026</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Rating consultancy code of practice 5th Edition effective from 1st June 2024</t>
+          <t>ballot-paper-for-committee-election-2026</t>
         </is>
       </c>
       <c r="C3" s="1" t="n">
-        <v>45925.45238425926</v>
+        <v>46085.63101851852</v>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-consultancy-code-of-practice-5th-edition</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-paper-for-committee-election-2026</t>
         </is>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="inlineStr">
         <is>
-          <t>Guest Dinner 2025</t>
-[...2 lines deleted...]
-      <c r="B4" t="inlineStr"/>
+          <t>Supporting information for candidates 2026</t>
+        </is>
+      </c>
+      <c r="B4" t="inlineStr">
+        <is>
+          <t>supporting-information-for-candidates</t>
+        </is>
+      </c>
       <c r="C4" s="1" t="n">
-        <v>45918.42810185185</v>
+        <v>46085.62327546296</v>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/supporting-information-for-candidates-2026</t>
         </is>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="inlineStr">
         <is>
-          <t>GPCR Log September 2025</t>
+          <t xml:space="preserve">“Best of 2025” Case Law update </t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>GPCR Log September 2025</t>
+          <t>Hosted by Nicholas Dudzinski MRICS, with Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, providing a “Best of 2025” Case Law update covering the following areas:
+•	Moore (VO) v Caroline Bailey – 7 Oct 2024
+•	Iya Patarkatsishvili v William Woodward-Fisher - High Court decision – 10 Feb 2025
+•	BNPPDS (J) Limited ad BCI Limited (as Trustees of the Blackrock Industrial Trust) v Hitchings (VO)  26 March 2025
+•	The Mayor and Commonality and Citizens of the City of London v (1) 48th Street Holding Ltd (2) Principled Offsite Logistics Ltd – High Court decision - 15 May 2025
+•	Emma Owen v Bunyan (VO) 12 Feb 2025
+•	Robert Dyas Holdings Limited v Moore (VO) 5 June 2025
+The slides from the webinar are enclosed within the link.</t>
         </is>
       </c>
       <c r="C5" s="1" t="n">
-        <v>45916.45159722222</v>
+        <v>46083.64177083333</v>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-september-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/best-of-2025-case-law-update</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 20th November 2025</t>
-[...6 lines deleted...]
-      </c>
+          <t>Members Dinner 2026 flier</t>
+        </is>
+      </c>
+      <c r="B6" t="inlineStr"/>
       <c r="C6" s="1" t="n">
-        <v>45870.51997685185</v>
+        <v>46054.43613425926</v>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-20th-november-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2026-flier</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="inlineStr">
         <is>
-          <t>Lords Cricket</t>
+          <t>Rating consultancy code of practice 5th Edition</t>
         </is>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Lords cricket photo</t>
+          <t>Rating consultancy code of practice 5th Edition effective from 1st June 2024</t>
         </is>
       </c>
       <c r="C7" s="1" t="n">
-        <v>45839.53967592592</v>
+        <v>45925.45238425926</v>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/lords-cricket</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-consultancy-code-of-practice-5th-edition</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="inlineStr">
         <is>
-          <t>2023 List GPCR Coordination Non-Retail 07.05.2025</t>
+          <t>Guest Dinner 2025</t>
         </is>
       </c>
       <c r="B8" t="inlineStr"/>
       <c r="C8" s="1" t="n">
-        <v>45786.67200231482</v>
+        <v>45918.42810185185</v>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-coordination-non-retail-07-05-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-2025</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="inlineStr">
         <is>
-          <t>Certificate in Rating</t>
+          <t>GPCR Log September 2025</t>
         </is>
       </c>
       <c r="B9" t="inlineStr">
         <is>
-          <t>IRRV’s Certificate in Rating in association with the Rating Surveyors’ Association</t>
+          <t>GPCR Log September 2025</t>
         </is>
       </c>
       <c r="C9" s="1" t="n">
-        <v>45786.61872685186</v>
+        <v>45916.45159722222</v>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/certificate-in-rating</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-september-2025</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="inlineStr">
         <is>
-          <t>NNDR Act 2025</t>
+          <t>RSA Guest Dinner 20th November 2025</t>
         </is>
       </c>
       <c r="B10" t="inlineStr">
         <is>
-          <t>NNDR Multipliers and Private Schools Act 2025</t>
+          <t>RSA Guest Dinner November 2025</t>
         </is>
       </c>
       <c r="C10" s="1" t="n">
-        <v>45761.71494212963</v>
+        <v>45870.51997685185</v>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/nndr-act-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-20th-november-2025</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="inlineStr">
         <is>
-          <t>Transforming Business Rates</t>
+          <t>Lords Cricket</t>
         </is>
       </c>
       <c r="B11" t="inlineStr">
         <is>
-          <t>Transforming business rates response</t>
+          <t>Lords cricket photo</t>
         </is>
       </c>
       <c r="C11" s="1" t="n">
-        <v>45747.69864583333</v>
+        <v>45839.53967592592</v>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/transforming-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/lords-cricket</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="inlineStr">
         <is>
-          <t>election 2025 supporting doc</t>
+          <t>2023 List GPCR Coordination Non-Retail 07.05.2025</t>
         </is>
       </c>
       <c r="B12" t="inlineStr"/>
       <c r="C12" s="1" t="n">
-        <v>45732.77637731482</v>
+        <v>45786.67200231482</v>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2025-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-coordination-non-retail-07-05-2025</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="inlineStr">
         <is>
-          <t>RSA Members Dinner Flyer 2025</t>
+          <t>Certificate in Rating</t>
         </is>
       </c>
       <c r="B13" t="inlineStr">
         <is>
-          <t>Members Dinner Flyer 2025</t>
+          <t>IRRV’s Certificate in Rating in association with the Rating Surveyors’ Association</t>
         </is>
       </c>
       <c r="C13" s="1" t="n">
-        <v>45729.34980324074</v>
+        <v>45786.61872685186</v>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-flyer-2025</t>
+          <t>https://ratingsurveyorsassociation.org/documents/certificate-in-rating</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="inlineStr">
         <is>
-          <t>RSA CPD 5 March 2025 Video Recording</t>
-[...2 lines deleted...]
-      <c r="B14" t="inlineStr"/>
+          <t>NNDR Act 2025</t>
+        </is>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>NNDR Multipliers and Private Schools Act 2025</t>
+        </is>
+      </c>
       <c r="C14" s="1" t="n">
-        <v>45726.76545138889</v>
+        <v>45761.71494212963</v>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-5-march-2025-video-recording</t>
+          <t>https://ratingsurveyorsassociation.org/documents/nndr-act-2025</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="inlineStr">
         <is>
-          <t>MD 2025 flyer</t>
+          <t>Transforming Business Rates</t>
         </is>
       </c>
       <c r="B15" t="inlineStr">
         <is>
-          <t>MD 2025 flyer</t>
+          <t>Transforming business rates response</t>
         </is>
       </c>
       <c r="C15" s="1" t="n">
-        <v>45724.83106481482</v>
+        <v>45747.69864583333</v>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/md-2025-flyer</t>
+          <t>https://ratingsurveyorsassociation.org/documents/transforming-business-rates</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="inlineStr">
         <is>
-          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach</t>
-[...6 lines deleted...]
-      </c>
+          <t>election 2025 supporting doc</t>
+        </is>
+      </c>
+      <c r="B16" t="inlineStr"/>
       <c r="C16" s="1" t="n">
-        <v>45700.81460648148</v>
+        <v>45732.77637731482</v>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/acting-as-both-expert-and-advocate-at-valuation-tribunal-a-practical-approach</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2025-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="inlineStr">
         <is>
-          <t>2023 List - GPCR Log</t>
+          <t>RSA Members Dinner Flyer 2025</t>
         </is>
       </c>
       <c r="B17" t="inlineStr">
         <is>
-          <t>GPCR Log January 2025</t>
+          <t>Members Dinner Flyer 2025</t>
         </is>
       </c>
       <c r="C17" s="1" t="n">
-        <v>45694.77369212963</v>
+        <v>45729.34980324074</v>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-log</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-flyer-2025</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="inlineStr">
         <is>
+          <t>RSA CPD 5 March 2025 Video Recording</t>
+        </is>
+      </c>
+      <c r="B18" t="inlineStr"/>
+      <c r="C18" s="1" t="n">
+        <v>45726.76545138889</v>
+      </c>
+      <c r="D18" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-5-march-2025-video-recording</t>
+        </is>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="inlineStr">
+        <is>
+          <t>MD 2025 flyer</t>
+        </is>
+      </c>
+      <c r="B19" t="inlineStr">
+        <is>
+          <t>MD 2025 flyer</t>
+        </is>
+      </c>
+      <c r="C19" s="1" t="n">
+        <v>45724.83106481482</v>
+      </c>
+      <c r="D19" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/md-2025-flyer</t>
+        </is>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="inlineStr">
+        <is>
+          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach</t>
+        </is>
+      </c>
+      <c r="B20" t="inlineStr">
+        <is>
+          <t>Acting as both Expert and Advocate at Valuation Tribunal - a practical approach - Blake Penfold</t>
+        </is>
+      </c>
+      <c r="C20" s="1" t="n">
+        <v>45700.81460648148</v>
+      </c>
+      <c r="D20" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/acting-as-both-expert-and-advocate-at-valuation-tribunal-a-practical-approach</t>
+        </is>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="inlineStr">
+        <is>
+          <t>2023 List - GPCR Log</t>
+        </is>
+      </c>
+      <c r="B21" t="inlineStr">
+        <is>
+          <t>GPCR Log January 2025</t>
+        </is>
+      </c>
+      <c r="C21" s="1" t="n">
+        <v>45694.77369212963</v>
+      </c>
+      <c r="D21" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-list-gpcr-log</t>
+        </is>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="inlineStr">
+        <is>
           <t>RSA CPD webinar slides: Prosser v Ricketts [2024] UKUT 264 (LC) and LionHeart</t>
         </is>
       </c>
-      <c r="B18" t="inlineStr">
+      <c r="B22" t="inlineStr">
         <is>
           <t xml:space="preserve">Roger Cohen has always taken a keen interest in business rates and is therefore well placed to review for us the case of Prosser v Ricketts [2024] UKUT 264 (LC) in his talk, “Where do you keep your briefs? Barristers’ chambers and the unit of assessment.”
 After 23 years at Bryan Cave Leighton Paisner, Roger has recently moved on from his role as a highly respected senior counsel to enjoy the greater flexibility of self-employment as a legal consultant.
 Roger’s talk will be around 35 minutes followed by an on-line Q&amp;A.
 Faye Smith of LionHeart will then give us an introduction to the charity supported by the RSA for many years. While most of us have heard of LionHeart, many of us may be a little uncertain of what they do. Faye will put that right by telling us how the charity looks to support RICS professionals in both good times and bad, throughout their working life and beyond.
 </t>
         </is>
       </c>
-      <c r="C18" s="1" t="n">
+      <c r="C22" s="1" t="n">
         <v>45688.6124537037</v>
       </c>
-      <c r="D18" t="inlineStr">
+      <c r="D22" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-prosser-v-ricketts-2024-ukut-264-lc-and-lionheart</t>
-        </is>
-[...74 lines deleted...]
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rule-change-notification</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2024</t>
-[...2 lines deleted...]
-      <c r="B23" t="inlineStr"/>
+          <t>RSA Rules of the Association Revised Sept 2024</t>
+        </is>
+      </c>
+      <c r="B23" t="inlineStr">
+        <is>
+          <t>Updated Rules of Association</t>
+        </is>
+      </c>
       <c r="C23" s="1" t="n">
-        <v>45560.42239008041</v>
+        <v>45677.49907407408</v>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-revised-sept-2024</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="inlineStr">
         <is>
-          <t>2023 Rating List GPCR Corodination Non-Retail</t>
+          <t>Calendar 2025</t>
         </is>
       </c>
       <c r="B24" t="inlineStr">
         <is>
-          <t>2023 Rating List GPCR Corodination Non-Retail</t>
+          <t>Calendar 2025 details</t>
         </is>
       </c>
       <c r="C24" s="1" t="n">
-        <v>45524.76417452898</v>
+        <v>45589.78313010726</v>
       </c>
       <c r="D24" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2023-rating-list-gpcr-corodination-non-retail</t>
+          <t>https://ratingsurveyorsassociation.org/documents/calendar-2025</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="inlineStr">
         <is>
-          <t>GPCR Log (30-Jul-24)</t>
-[...6 lines deleted...]
-      </c>
+          <t>Diprats calendar 2025</t>
+        </is>
+      </c>
+      <c r="B25" t="inlineStr"/>
       <c r="C25" s="1" t="n">
-        <v>45524.66226441501</v>
+        <v>45589.78198261185</v>
       </c>
       <c r="D25" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-30-jul-24</t>
+          <t>https://ratingsurveyorsassociation.org/documents/diprats-calendar-2025</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2023</t>
-[...2 lines deleted...]
-      <c r="B26" t="inlineStr"/>
+          <t>RSA Rule change notification</t>
+        </is>
+      </c>
+      <c r="B26" t="inlineStr">
+        <is>
+          <t>Proposed rule changes October 2024</t>
+        </is>
+      </c>
       <c r="C26" s="1" t="n">
-        <v>45397.7055288244</v>
+        <v>45573.60358754211</v>
       </c>
       <c r="D26" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rule-change-notification</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="inlineStr">
         <is>
-          <t>Property Chamber Invitation to careers evening</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2024</t>
+        </is>
+      </c>
+      <c r="B27" t="inlineStr"/>
       <c r="C27" s="1" t="n">
-        <v>45386.72018142384</v>
+        <v>45560.42239008041</v>
       </c>
       <c r="D27" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/property-chamber-invitation-to-careers-evening</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2024</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="inlineStr">
         <is>
-          <t xml:space="preserve">UT Changes to Practice Directions </t>
+          <t>2023 Rating List GPCR Corodination Non-Retail</t>
         </is>
       </c>
       <c r="B28" t="inlineStr">
         <is>
-          <t>Slides from RSA CPD 3 April 2024</t>
+          <t>2023 Rating List GPCR Corodination Non-Retail</t>
         </is>
       </c>
       <c r="C28" s="1" t="n">
-        <v>45386.70185930728</v>
+        <v>45524.76417452898</v>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-changes-to-practice-directions</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2023-rating-list-gpcr-corodination-non-retail</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="inlineStr">
         <is>
-          <t>House of Lords flyer 2024</t>
-[...2 lines deleted...]
-      <c r="B29" t="inlineStr"/>
+          <t>GPCR Log (30-Jul-24)</t>
+        </is>
+      </c>
+      <c r="B29" t="inlineStr">
+        <is>
+          <t>GPCR Log as at 30-JUl-24</t>
+        </is>
+      </c>
       <c r="C29" s="1" t="n">
-        <v>45375.85403935185</v>
+        <v>45524.66226441501</v>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-log-30-jul-24</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="inlineStr">
         <is>
-          <t>2024 ballot supporting statements</t>
+          <t>RSA signed accounts to Dec 2023</t>
         </is>
       </c>
       <c r="B30" t="inlineStr"/>
       <c r="C30" s="1" t="n">
-        <v>45364.61906148252</v>
+        <v>45397.7055288244</v>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2024-ballot-supporting-statements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2023</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="inlineStr">
         <is>
-          <t>Ballot form 2024</t>
-[...2 lines deleted...]
-      <c r="B31" t="inlineStr"/>
+          <t>Property Chamber Invitation to careers evening</t>
+        </is>
+      </c>
+      <c r="B31" t="inlineStr">
+        <is>
+          <t>Property Chamber Invitation to careers evening</t>
+        </is>
+      </c>
       <c r="C31" s="1" t="n">
-        <v>45364.61821448446</v>
+        <v>45386.72018142384</v>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-form-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/property-chamber-invitation-to-careers-evening</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="inlineStr">
         <is>
-          <t>BR consultation on Avoidance summary of responses</t>
+          <t xml:space="preserve">UT Changes to Practice Directions </t>
         </is>
       </c>
       <c r="B32" t="inlineStr">
         <is>
-          <t>summary responses to consultation</t>
+          <t>Slides from RSA CPD 3 April 2024</t>
         </is>
       </c>
       <c r="C32" s="1" t="n">
-        <v>45358.37051852373</v>
+        <v>45386.70185930728</v>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-on-avoidance-summary-of-responses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-changes-to-practice-directions</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="inlineStr">
         <is>
-          <t>BR consultation Avoidance summary of responses</t>
+          <t>House of Lords flyer 2024</t>
         </is>
       </c>
       <c r="B33" t="inlineStr"/>
       <c r="C33" s="1" t="n">
-        <v>45358.36834256676</v>
+        <v>45375.85403935185</v>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-avoidance-summary-of-responses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2024</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="inlineStr">
         <is>
-          <t>RSA CPD webinar recording: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
-[...6 lines deleted...]
-      </c>
+          <t>2024 ballot supporting statements</t>
+        </is>
+      </c>
+      <c r="B34" t="inlineStr"/>
       <c r="C34" s="1" t="n">
-        <v>45345.68758101852</v>
+        <v>45364.61906148252</v>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-recording-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2024-ballot-supporting-statements</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="inlineStr">
         <is>
-          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ballot form 2024</t>
+        </is>
+      </c>
+      <c r="B35" t="inlineStr"/>
       <c r="C35" s="1" t="n">
-        <v>45345.68421296297</v>
+        <v>45364.61821448446</v>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-form-2024</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 18th April 2024</t>
-[...2 lines deleted...]
-      <c r="B36" t="inlineStr"/>
+          <t>BR consultation on Avoidance summary of responses</t>
+        </is>
+      </c>
+      <c r="B36" t="inlineStr">
+        <is>
+          <t>summary responses to consultation</t>
+        </is>
+      </c>
       <c r="C36" s="1" t="n">
-        <v>45341.57001157408</v>
+        <v>45358.37051852373</v>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-18th-april-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-on-avoidance-summary-of-responses</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="inlineStr">
         <is>
-          <t>2024 Flight Club booking form</t>
-[...6 lines deleted...]
-      </c>
+          <t>BR consultation Avoidance summary of responses</t>
+        </is>
+      </c>
+      <c r="B37" t="inlineStr"/>
       <c r="C37" s="1" t="n">
-        <v>45271.74478104283</v>
+        <v>45358.36834256676</v>
       </c>
       <c r="D37" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2024-flight-club-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/br-consultation-avoidance-summary-of-responses</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="inlineStr">
         <is>
-          <t xml:space="preserve">2017 check form </t>
+          <t>RSA CPD webinar recording: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
         </is>
       </c>
       <c r="B38" t="inlineStr">
         <is>
-          <t>VOA 2017 check form for use where property never included in 2023 list</t>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on "Topical APC matters concerning the Local Taxation and Assessment Pathway".   A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C38" s="1" t="n">
-        <v>45250.80200576264</v>
+        <v>45345.68758101852</v>
       </c>
       <c r="D38" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-check-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-recording-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="inlineStr">
         <is>
-          <t>Inner Temple Photo</t>
+          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
         </is>
       </c>
       <c r="B39" t="inlineStr">
         <is>
-          <t>Inner Temple Photo</t>
+          <t>RSA CPD webinar slides: Topical APC matters concerning the Local Taxation and Assessment Pathway</t>
         </is>
       </c>
       <c r="C39" s="1" t="n">
-        <v>45240.43360668221</v>
+        <v>45345.68421296297</v>
       </c>
       <c r="D39" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/inner-temple-photo</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-webinar-slides-topical-apc-matters-concerning-the-local-taxation-and-assessment-pathway</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="inlineStr">
         <is>
-          <t>NDR Act 2023</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 18th April 2024</t>
+        </is>
+      </c>
+      <c r="B40" t="inlineStr"/>
       <c r="C40" s="1" t="n">
-        <v>45238.58835194531</v>
+        <v>45341.57001157408</v>
       </c>
       <c r="D40" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-act-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-18th-april-2024</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="inlineStr">
         <is>
-          <t>Principles of Rating Cal 2024</t>
+          <t>2024 Flight Club booking form</t>
         </is>
       </c>
       <c r="B41" t="inlineStr">
         <is>
-          <t>Calendar 2024</t>
+          <t>Flight Club booking form 2024</t>
         </is>
       </c>
       <c r="C41" s="1" t="n">
-        <v>45225.77677083333</v>
+        <v>45271.74478104283</v>
       </c>
       <c r="D41" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-cal-2024</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2024-flight-club-booking-form</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner - 9 November 2023</t>
-[...2 lines deleted...]
-      <c r="B42" t="inlineStr"/>
+          <t xml:space="preserve">2017 check form </t>
+        </is>
+      </c>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>VOA 2017 check form for use where property never included in 2023 list</t>
+        </is>
+      </c>
       <c r="C42" s="1" t="n">
-        <v>45184.69184076307</v>
+        <v>45250.80200576264</v>
       </c>
       <c r="D42" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-9-november-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-check-form</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="inlineStr">
         <is>
-          <t>Flight Club</t>
+          <t>Inner Temple Photo</t>
         </is>
       </c>
       <c r="B43" t="inlineStr">
         <is>
-          <t>Flight Club 2022</t>
+          <t>Inner Temple Photo</t>
         </is>
       </c>
       <c r="C43" s="1" t="n">
-        <v>45126.48382563525</v>
+        <v>45240.43360668221</v>
       </c>
       <c r="D43" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/flight-club</t>
+          <t>https://ratingsurveyorsassociation.org/documents/inner-temple-photo</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
+          <t>NDR Act 2023</t>
         </is>
       </c>
       <c r="B44" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
+          <t>NDR Act 2023</t>
         </is>
       </c>
       <c r="C44" s="1" t="n">
-        <v>45126.47906440753</v>
+        <v>45238.58835194531</v>
       </c>
       <c r="D44" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-february-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-act-2023</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="inlineStr">
         <is>
-          <t>CPD webinar:  "The Non Domestic Rates Bill" with Luke Wilcox</t>
+          <t>Principles of Rating Cal 2024</t>
         </is>
       </c>
       <c r="B45" t="inlineStr">
         <is>
-          <t>Luke Wilcox of Landmark Chambers presents and takes questions on the topic of “The Non Domestic Rating Bill”, a subject likely to bring about some of the biggest changes to business rates for over 30 years (since the Local Government Finance Act 1988).  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>Calendar 2024</t>
         </is>
       </c>
       <c r="C45" s="1" t="n">
-        <v>45118.66287037037</v>
+        <v>45225.77677083333</v>
       </c>
       <c r="D45" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpd-webinar-the-non-domestic-rates-bill-with-luke-wilcox</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-cal-2024</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="inlineStr">
         <is>
-          <t>23.06 NDR Bill slides</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner - 9 November 2023</t>
+        </is>
+      </c>
+      <c r="B46" t="inlineStr"/>
       <c r="C46" s="1" t="n">
-        <v>45113.5129622922</v>
+        <v>45184.69184076307</v>
       </c>
       <c r="D46" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/23-06-ndr-bill-slides</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-9-november-2023</t>
         </is>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="inlineStr">
         <is>
-          <t>CONSULTATION ON DISCLOSURE: SHARING INFORMATION ON BUSINESS RATE VALUATIONS</t>
+          <t>Flight Club</t>
         </is>
       </c>
       <c r="B47" t="inlineStr">
         <is>
-          <t>Consultation on disclosure and sharing information RSA response</t>
+          <t>Flight Club 2022</t>
         </is>
       </c>
       <c r="C47" s="1" t="n">
-        <v>45091.69314814815</v>
+        <v>45126.48382563525</v>
       </c>
       <c r="D47" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consultation-on-disclosure-sharing-information-on-business-rate-valuations</t>
+          <t>https://ratingsurveyorsassociation.org/documents/flight-club</t>
         </is>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' webinar for Junior and Affiliate Members</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
         </is>
       </c>
       <c r="B48" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on ‘Choice of Valuation Method for Rating’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (February 2022)</t>
         </is>
       </c>
       <c r="C48" s="1" t="n">
-        <v>45056.30818397249</v>
+        <v>45126.47906440753</v>
       </c>
       <c r="D48" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-february-2022</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+          <t>CPD webinar:  "The Non Domestic Rates Bill" with Luke Wilcox</t>
         </is>
       </c>
       <c r="B49" t="inlineStr">
         <is>
-          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+          <t>Luke Wilcox of Landmark Chambers presents and takes questions on the topic of “The Non Domestic Rating Bill”, a subject likely to bring about some of the biggest changes to business rates for over 30 years (since the Local Government Finance Act 1988).  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C49" s="1" t="n">
-        <v>45056.29855433634</v>
+        <v>45118.66287037037</v>
       </c>
       <c r="D49" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpd-webinar-the-non-domestic-rates-bill-with-luke-wilcox</t>
         </is>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="inlineStr">
         <is>
-          <t>"Case Law Update" webinar for Junior and Affiliate Members</t>
+          <t>23.06 NDR Bill slides</t>
         </is>
       </c>
       <c r="B50" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, provides a ‘Case Law update to include a review of Supreme Court judgments over the last few years’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>Luke Wilcox CPD NDR Bill presentation slides</t>
         </is>
       </c>
       <c r="C50" s="1" t="n">
-        <v>45050.37386684624</v>
+        <v>45113.5129622922</v>
       </c>
       <c r="D50" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/23-06-ndr-bill-slides</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="inlineStr">
         <is>
-          <t>"Case Law update" slides from webinar for Junior and Affiliate Members</t>
+          <t>CONSULTATION ON DISCLOSURE: SHARING INFORMATION ON BUSINESS RATE VALUATIONS</t>
         </is>
       </c>
       <c r="B51" t="inlineStr">
         <is>
-          <t>Slides from "Case Law Update" webinar.  Hosted by William Illingworth MRICS with Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, as guest speaker.</t>
+          <t>Consultation on disclosure and sharing information RSA response</t>
         </is>
       </c>
       <c r="C51" s="1" t="n">
-        <v>45050.3715625</v>
+        <v>45091.69314814815</v>
       </c>
       <c r="D51" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consultation-on-disclosure-sharing-information-on-business-rate-valuations</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="inlineStr">
         <is>
-          <t>House of Lords flyer 2023</t>
-[...2 lines deleted...]
-      <c r="B52" t="inlineStr"/>
+          <t>'Choice of Valuation Method for Rating' webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on ‘Choice of Valuation Method for Rating’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C52" s="1" t="n">
-        <v>45039.73403332166</v>
+        <v>45056.30818397249</v>
       </c>
       <c r="D52" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="inlineStr">
         <is>
-          <t>NDR Bill 2023</t>
-[...2 lines deleted...]
-      <c r="B53" t="inlineStr"/>
+          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>'Choice of Valuation Method for Rating' slides from webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
       <c r="C53" s="1" t="n">
-        <v>45014.74954001656</v>
+        <v>45056.29855433634</v>
       </c>
       <c r="D53" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-bill-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/choice-of-valuation-method-for-rating-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="inlineStr">
         <is>
-          <t>Ballot supporting statements 2023</t>
-[...2 lines deleted...]
-      <c r="B54" t="inlineStr"/>
+          <t>"Case Law Update" webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, provides a ‘Case Law update to include a review of Supreme Court judgments over the last few years’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C54" s="1" t="n">
-        <v>44994.51184555452</v>
+        <v>45050.37386684624</v>
       </c>
       <c r="D54" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-supporting-statements-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="inlineStr">
         <is>
-          <t>Ballot 2023</t>
-[...2 lines deleted...]
-      <c r="B55" t="inlineStr"/>
+          <t>"Case Law update" slides from webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>Slides from "Case Law Update" webinar.  Hosted by William Illingworth MRICS with Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, as guest speaker.</t>
+        </is>
+      </c>
       <c r="C55" s="1" t="n">
-        <v>44994.51042809013</v>
+        <v>45050.3715625</v>
       </c>
       <c r="D55" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-law-update-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 20 April 2023</t>
+          <t>House of Lords flyer 2023</t>
         </is>
       </c>
       <c r="B56" t="inlineStr"/>
       <c r="C56" s="1" t="n">
-        <v>44971.35675357638</v>
+        <v>45039.73403332166</v>
       </c>
       <c r="D56" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-flyer-2023</t>
         </is>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 20 April 2022</t>
+          <t>NDR Bill 2023</t>
         </is>
       </c>
       <c r="B57" t="inlineStr"/>
       <c r="C57" s="1" t="n">
-        <v>44971.35134202366</v>
+        <v>45014.74954001656</v>
       </c>
       <c r="D57" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-bill-2023</t>
         </is>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="inlineStr">
         <is>
-          <t>"Repair" slides from webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ballot supporting statements 2023</t>
+        </is>
+      </c>
+      <c r="B58" t="inlineStr"/>
       <c r="C58" s="1" t="n">
-        <v>44967.55421396703</v>
+        <v>44994.51184555452</v>
       </c>
       <c r="D58" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/repair-slides-from-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-supporting-statements-2023</t>
         </is>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="inlineStr">
         <is>
-          <t>"Repair" webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>Ballot 2023</t>
+        </is>
+      </c>
+      <c r="B59" t="inlineStr"/>
       <c r="C59" s="1" t="n">
-        <v>44967.45427083333</v>
+        <v>44994.51042809013</v>
       </c>
       <c r="D59" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/repair-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-2023</t>
         </is>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 20 April 2023</t>
+        </is>
+      </c>
+      <c r="B60" t="inlineStr"/>
       <c r="C60" s="1" t="n">
-        <v>44929.36450952834</v>
+        <v>44971.35675357638</v>
       </c>
       <c r="D60" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-first-tier-rules-of-procedure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2023</t>
         </is>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Upper Tribunal Regs</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 20 April 2022</t>
+        </is>
+      </c>
+      <c r="B61" t="inlineStr"/>
       <c r="C61" s="1" t="n">
-        <v>44929.36370562814</v>
+        <v>44971.35134202366</v>
       </c>
       <c r="D61" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-upper-tribunal-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-20-april-2022</t>
         </is>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Val Proposals Procedure</t>
+          <t>"Repair" slides from webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B62" t="inlineStr">
         <is>
-          <t>Scotland 2023 Proposals Procedure regs</t>
+          <t>Slides from "Repair" webinar.  Hosted by William Illingworth MRICS with Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, as guest speaker.</t>
         </is>
       </c>
       <c r="C62" s="1" t="n">
-        <v>44929.36262173332</v>
+        <v>44967.55421396703</v>
       </c>
       <c r="D62" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-proposals-procedure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/repair-slides-from-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Val Roll and Val Notices</t>
+          <t>"Repair" webinar for Junior and Affiliate Members</t>
         </is>
       </c>
       <c r="B63" t="inlineStr">
         <is>
-          <t>Scotland 2023 Val Roll and Val Notices Regs</t>
+          <t>Hosted by William Illingworth MRICS, Karl List BSc (Hons) MRICS Dip.Rating, Complex casework and Appeals Team leader at the VOA, talks on "Repair".  A summary of the webinar and link to the recording is enclosed within the link.</t>
         </is>
       </c>
       <c r="C63" s="1" t="n">
-        <v>44929.36144278685</v>
+        <v>44967.45427083333</v>
       </c>
       <c r="D63" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-roll-and-val-notices</t>
+          <t>https://ratingsurveyorsassociation.org/documents/repair-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="inlineStr">
         <is>
-          <t>Scotland 2023 Regulations - Valuation Timetable</t>
+          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
         </is>
       </c>
       <c r="B64" t="inlineStr">
         <is>
-          <t>Scotland 2023 Valuation timetable regs</t>
+          <t>Scotland 2023 Regulations - First Tier rules of procedure</t>
         </is>
       </c>
       <c r="C64" s="1" t="n">
-        <v>44929.36006994268</v>
+        <v>44929.36450952834</v>
       </c>
       <c r="D64" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-valuation-timetable</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-first-tier-rules-of-procedure</t>
         </is>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="inlineStr">
         <is>
-          <t>Wales draft TR regs</t>
+          <t>Scotland 2023 Regulations - Upper Tribunal Regs</t>
         </is>
       </c>
       <c r="B65" t="inlineStr">
         <is>
-          <t>Wales 2023 DRaft TR regs</t>
+          <t>Scotland 2023 Upper Tribunal regs</t>
         </is>
       </c>
       <c r="C65" s="1" t="n">
-        <v>44907.74354195582</v>
+        <v>44929.36370562814</v>
       </c>
       <c r="D65" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/wales-draft-tr-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-upper-tribunal-regs</t>
         </is>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="inlineStr">
         <is>
-          <t>Recent VOA gateway changes</t>
-[...2 lines deleted...]
-      <c r="B66" t="inlineStr"/>
+          <t>Scotland 2023 Regulations - Val Proposals Procedure</t>
+        </is>
+      </c>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>Scotland 2023 Proposals Procedure regs</t>
+        </is>
+      </c>
       <c r="C66" s="1" t="n">
-        <v>44902.40167245539</v>
+        <v>44929.36262173332</v>
       </c>
       <c r="D66" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/recent-voa-gateway-changes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-proposals-procedure</t>
         </is>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="inlineStr">
         <is>
-          <t>RSA Rules of the Association (Feb 2022)</t>
+          <t>Scotland 2023 Regulations - Val Roll and Val Notices</t>
         </is>
       </c>
       <c r="B67" t="inlineStr">
         <is>
-          <t>RSA Rules of the Association (Feb 2022)</t>
+          <t>Scotland 2023 Val Roll and Val Notices Regs</t>
         </is>
       </c>
       <c r="C67" s="1" t="n">
-        <v>44896.28167658389</v>
+        <v>44929.36144278685</v>
       </c>
       <c r="D67" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-feb-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-val-roll-and-val-notices</t>
         </is>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+          <t>Scotland 2023 Regulations - Valuation Timetable</t>
         </is>
       </c>
       <c r="B68" t="inlineStr">
         <is>
-          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+          <t>Scotland 2023 Valuation timetable regs</t>
         </is>
       </c>
       <c r="C68" s="1" t="n">
-        <v>44896.28132524482</v>
+        <v>44929.36006994268</v>
       </c>
       <c r="D68" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-feb-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2023-regulations-valuation-timetable</t>
         </is>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+          <t>Wales draft TR regs</t>
         </is>
       </c>
       <c r="B69" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
+          <t>Wales 2023 DRaft TR regs</t>
         </is>
       </c>
       <c r="C69" s="1" t="n">
-        <v>44888.56299808437</v>
+        <v>44907.74354195582</v>
       </c>
       <c r="D69" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/wales-draft-tr-regs</t>
         </is>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="inlineStr">
         <is>
-          <t>JB donate</t>
+          <t>Recent VOA gateway changes</t>
         </is>
       </c>
       <c r="B70" t="inlineStr"/>
       <c r="C70" s="1" t="n">
-        <v>44872.49048556195</v>
+        <v>44902.40167245539</v>
       </c>
       <c r="D70" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/jb-donate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/recent-voa-gateway-changes</t>
         </is>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="inlineStr">
         <is>
-          <t>CoVA 2022</t>
-[...2 lines deleted...]
-      <c r="B71" t="inlineStr"/>
+          <t>RSA Rules of the Association (Feb 2022)</t>
+        </is>
+      </c>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>RSA Rules of the Association (Feb 2022)</t>
+        </is>
+      </c>
       <c r="C71" s="1" t="n">
-        <v>44866.82988719266</v>
+        <v>44896.28167658389</v>
       </c>
       <c r="D71" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cova-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-of-the-association-feb-2022</t>
         </is>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="inlineStr">
         <is>
-          <t>House of Lords Terrace</t>
-[...2 lines deleted...]
-      <c r="B72" t="inlineStr"/>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+        </is>
+      </c>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>RSA Complaints and Disciplinary Procedures and Rules (Feb 2022)</t>
+        </is>
+      </c>
       <c r="C72" s="1" t="n">
-        <v>44865.82818503342</v>
+        <v>44896.28132524482</v>
       </c>
       <c r="D72" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-terrace</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-complaints-and-disciplinary-procedures-and-rules-feb-2022</t>
         </is>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022 - 7 December 2022</t>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
         </is>
       </c>
       <c r="B73" t="inlineStr">
         <is>
-          <t>Revised flyer</t>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations 2022</t>
         </is>
       </c>
       <c r="C73" s="1" t="n">
-        <v>44865.77549768519</v>
+        <v>44888.56299808437</v>
       </c>
       <c r="D73" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-7-december-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-2022</t>
         </is>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="inlineStr">
         <is>
-          <t>40 Bank Street</t>
+          <t>JB donate</t>
         </is>
       </c>
       <c r="B74" t="inlineStr"/>
       <c r="C74" s="1" t="n">
-        <v>44851.80329211518</v>
+        <v>44872.49048556195</v>
       </c>
       <c r="D74" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/40-bank-street</t>
+          <t>https://ratingsurveyorsassociation.org/documents/jb-donate</t>
         </is>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022 updated</t>
+          <t>CoVA 2022</t>
         </is>
       </c>
       <c r="B75" t="inlineStr"/>
       <c r="C75" s="1" t="n">
-        <v>44851.77324786889</v>
+        <v>44866.82988719266</v>
       </c>
       <c r="D75" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-updated</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cova-2022</t>
         </is>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="inlineStr">
         <is>
-          <t>RICS Professional Ethics Webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>House of Lords Terrace</t>
+        </is>
+      </c>
+      <c r="B76" t="inlineStr"/>
       <c r="C76" s="1" t="n">
-        <v>44844.33597222222</v>
+        <v>44865.82818503342</v>
       </c>
       <c r="D76" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-professional-ethics-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-terrace</t>
         </is>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="inlineStr">
         <is>
-          <t>DBR Consultation RSA Response 2022</t>
-[...2 lines deleted...]
-      <c r="B77" t="inlineStr"/>
+          <t>RSA Guest Dinner 2022 - 7 December 2022</t>
+        </is>
+      </c>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>Revised flyer</t>
+        </is>
+      </c>
       <c r="C77" s="1" t="n">
-        <v>44831.55676989248</v>
+        <v>44865.77549768519</v>
       </c>
       <c r="D77" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/dbr-consultation-rsa-response-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-7-december-2022</t>
         </is>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2022</t>
+          <t>40 Bank Street</t>
         </is>
       </c>
       <c r="B78" t="inlineStr"/>
       <c r="C78" s="1" t="n">
-        <v>44830.68790679082</v>
+        <v>44851.80329211518</v>
       </c>
       <c r="D78" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/40-bank-street</t>
         </is>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="inlineStr">
         <is>
-          <t>Golf Day 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2022 updated</t>
+        </is>
+      </c>
+      <c r="B79" t="inlineStr"/>
       <c r="C79" s="1" t="n">
-        <v>44830.31795138889</v>
+        <v>44851.77324786889</v>
       </c>
       <c r="D79" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/golf-day-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022-updated</t>
         </is>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="inlineStr">
         <is>
-          <t xml:space="preserve"> Principles of Rating Calendar 2023</t>
-[...2 lines deleted...]
-      <c r="B80" t="inlineStr"/>
+          <t>RICS Professional Ethics Webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth, Kate Taylor FRICS Assoc CPID talks on ‘RICS professional ethics’.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C80" s="1" t="n">
-        <v>44827.72244852166</v>
+        <v>44844.33597222222</v>
       </c>
       <c r="D80" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2023</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-professional-ethics-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="inlineStr">
         <is>
-          <t>Mode or Category Webinar for Junior and Affiliate Members</t>
-[...6 lines deleted...]
-      </c>
+          <t>DBR Consultation RSA Response 2022</t>
+        </is>
+      </c>
+      <c r="B81" t="inlineStr"/>
       <c r="C81" s="1" t="n">
-        <v>44823.80158564815</v>
+        <v>44831.55676989248</v>
       </c>
       <c r="D81" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mode-or-category-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/dbr-consultation-rsa-response-2022</t>
         </is>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="inlineStr">
         <is>
-          <t>BUSINESS RATES REVALUATION 2023: CONSULTATION ON THE TRANSITIONAL ARRANGEMENTS</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner 2022</t>
+        </is>
+      </c>
+      <c r="B82" t="inlineStr"/>
       <c r="C82" s="1" t="n">
-        <v>44762.59408154602</v>
+        <v>44830.68790679082</v>
       </c>
       <c r="D82" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-revaluation-2023-consultation-on-the-transitional-arrangements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2022</t>
         </is>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="inlineStr">
         <is>
-          <t>Draft regulations for end of list provisions 2017</t>
-[...2 lines deleted...]
-      <c r="B83" t="inlineStr"/>
+          <t>Golf Day 2022</t>
+        </is>
+      </c>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>Golf Day 2022</t>
+        </is>
+      </c>
       <c r="C83" s="1" t="n">
-        <v>44704.39765550107</v>
+        <v>44830.31795138889</v>
       </c>
       <c r="D83" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-for-end-of-list-provisions-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/golf-day-2022</t>
         </is>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="inlineStr">
         <is>
-          <t>DRAFT REGULATIONS TO IMPLEMENT THE “END OF THE LIST” PROVISONS</t>
+          <t xml:space="preserve"> Principles of Rating Calendar 2023</t>
         </is>
       </c>
       <c r="B84" t="inlineStr"/>
       <c r="C84" s="1" t="n">
-        <v>44692.78858937705</v>
+        <v>44827.72244852166</v>
       </c>
       <c r="D84" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-to-implement-the-end-of-the-list-provisons</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2023</t>
         </is>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="inlineStr">
         <is>
-          <t>BRIL 4 2022</t>
-[...2 lines deleted...]
-      <c r="B85" t="inlineStr"/>
+          <t>Mode or Category Webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth, Wayne Cox, past Chair of the Rating Diploma Holders’ Section and current Head of Leisure &amp; Licensed Property within the National Valuation Unit at the Valuation Office Agency, talks on ‘Mode or Category’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C85" s="1" t="n">
-        <v>44691.8481712963</v>
+        <v>44823.80158564815</v>
       </c>
       <c r="D85" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mode-or-category-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="inlineStr">
         <is>
-          <t>HOL 2022 booking form</t>
-[...2 lines deleted...]
-      <c r="B86" t="inlineStr"/>
+          <t>BUSINESS RATES REVALUATION 2023: CONSULTATION ON THE TRANSITIONAL ARRANGEMENTS</t>
+        </is>
+      </c>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>2023 Revaluation: RSA response to Transitional Relief Consultation</t>
+        </is>
+      </c>
       <c r="C86" s="1" t="n">
-        <v>44676.53548184572</v>
+        <v>44762.59408154602</v>
       </c>
       <c r="D86" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/hol-2022-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-revaluation-2023-consultation-on-the-transitional-arrangements</t>
         </is>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2021</t>
+          <t>Draft regulations for end of list provisions 2017</t>
         </is>
       </c>
       <c r="B87" t="inlineStr"/>
       <c r="C87" s="1" t="n">
-        <v>44649.54743420244</v>
+        <v>44704.39765550107</v>
       </c>
       <c r="D87" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-for-end-of-list-provisions-2017</t>
         </is>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="inlineStr">
         <is>
-          <t>Diprat centenary booking form</t>
+          <t>DRAFT REGULATIONS TO IMPLEMENT THE “END OF THE LIST” PROVISONS</t>
         </is>
       </c>
       <c r="B88" t="inlineStr"/>
       <c r="C88" s="1" t="n">
-        <v>44648.46555141702</v>
+        <v>44692.78858937705</v>
       </c>
       <c r="D88" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/diprat-centenary-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-regulations-to-implement-the-end-of-the-list-provisons</t>
         </is>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 7 APRIL 2022</t>
+          <t>BRIL 4 2022</t>
         </is>
       </c>
       <c r="B89" t="inlineStr"/>
       <c r="C89" s="1" t="n">
-        <v>44638.6284118901</v>
+        <v>44691.8481712963</v>
       </c>
       <c r="D89" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-7-april-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2022</t>
         </is>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="inlineStr">
         <is>
-          <t>rsa rulles 2022 complaints and disciplinarary procedures</t>
-[...6 lines deleted...]
-      </c>
+          <t>HOL 2022 booking form</t>
+        </is>
+      </c>
+      <c r="B90" t="inlineStr"/>
       <c r="C90" s="1" t="n">
-        <v>44620.40950231482</v>
+        <v>44676.53548184572</v>
       </c>
       <c r="D90" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rulles-2022-complaints-and-disciplinarary-procedures</t>
+          <t>https://ratingsurveyorsassociation.org/documents/hol-2022-booking-form</t>
         </is>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="inlineStr">
         <is>
-          <t>RSA rules 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA signed accounts to Dec 2021</t>
+        </is>
+      </c>
+      <c r="B91" t="inlineStr"/>
       <c r="C91" s="1" t="n">
-        <v>44620.40869212963</v>
+        <v>44649.54743420244</v>
       </c>
       <c r="D91" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2021</t>
         </is>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="inlineStr">
         <is>
-          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
-[...6 lines deleted...]
-      </c>
+          <t>Diprat centenary booking form</t>
+        </is>
+      </c>
+      <c r="B92" t="inlineStr"/>
       <c r="C92" s="1" t="n">
-        <v>44615.76025462963</v>
+        <v>44648.46555141702</v>
       </c>
       <c r="D92" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-review-technical-consultation-rating-surveyors-association-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/diprat-centenary-booking-form</t>
         </is>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2022</t>
+          <t>RSA Members Dinner 7 APRIL 2022</t>
         </is>
       </c>
       <c r="B93" t="inlineStr"/>
       <c r="C93" s="1" t="n">
-        <v>44612.84440972222</v>
+        <v>44638.6284118901</v>
       </c>
       <c r="D93" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-7-april-2022</t>
         </is>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="inlineStr">
         <is>
-          <t>Ballot 2022</t>
+          <t>rsa rulles 2022 complaints and disciplinarary procedures</t>
         </is>
       </c>
       <c r="B94" t="inlineStr">
         <is>
-          <t>corrected ballot 2022 form</t>
+          <t>RSA rules complaints and procedures</t>
         </is>
       </c>
       <c r="C94" s="1" t="n">
-        <v>44612.79532651386</v>
+        <v>44620.40950231482</v>
       </c>
       <c r="D94" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ballot-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rulles-2022-complaints-and-disciplinarary-procedures</t>
         </is>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="inlineStr">
         <is>
-          <t>Election 2022 ballot paper</t>
-[...2 lines deleted...]
-      <c r="B95" t="inlineStr"/>
+          <t>RSA rules 2022</t>
+        </is>
+      </c>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>RSA rules 2022</t>
+        </is>
+      </c>
       <c r="C95" s="1" t="n">
-        <v>44612.68129913451</v>
+        <v>44620.40869212963</v>
       </c>
       <c r="D95" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2022-ballot-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-2022</t>
         </is>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="inlineStr">
         <is>
-          <t>election 2022 supporting  doc</t>
+          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
         </is>
       </c>
       <c r="B96" t="inlineStr">
         <is>
-          <t>Election candidate blurb</t>
+          <t>Business Rates Review: technical consultation - Rating Surveyors' Association - Response</t>
         </is>
       </c>
       <c r="C96" s="1" t="n">
-        <v>44612.68034663892</v>
+        <v>44615.76025462963</v>
       </c>
       <c r="D96" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/election-2022-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-review-technical-consultation-rating-surveyors-association-response</t>
         </is>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="inlineStr">
         <is>
-          <t>RSA Rating Coronavirus etc Act (Final)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Members Dinner 2022</t>
+        </is>
+      </c>
+      <c r="B97" t="inlineStr"/>
       <c r="C97" s="1" t="n">
-        <v>44595.60995332507</v>
+        <v>44612.84440972222</v>
       </c>
       <c r="D97" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rating-coronavirus-etc-act-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2022</t>
         </is>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="inlineStr">
         <is>
-          <t>RSA Webinar 20 Jan 2022 Ricketts v Cyxtera</t>
+          <t>Ballot 2022</t>
         </is>
       </c>
       <c r="B98" t="inlineStr">
         <is>
-          <t>webinar presentation slides</t>
+          <t>corrected ballot 2022 form</t>
         </is>
       </c>
       <c r="C98" s="1" t="n">
-        <v>44594.70662037037</v>
+        <v>44612.79532651386</v>
       </c>
       <c r="D98" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-20-jan-2022-ricketts-v-cyxtera</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ballot-2022</t>
         </is>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="inlineStr">
         <is>
-          <t>RSA Webinar 13 Jan 2022 Fundamental Review of Business Rates</t>
-[...6 lines deleted...]
-      </c>
+          <t>Election 2022 ballot paper</t>
+        </is>
+      </c>
+      <c r="B99" t="inlineStr"/>
       <c r="C99" s="1" t="n">
-        <v>44594.70606481482</v>
+        <v>44612.68129913451</v>
       </c>
       <c r="D99" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-13-jan-2022-fundamental-review-of-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2022-ballot-paper</t>
         </is>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="inlineStr">
         <is>
-          <t>VTS 2017 appeals: Evidence submission guidance</t>
-[...2 lines deleted...]
-      <c r="B100" t="inlineStr"/>
+          <t>election 2022 supporting  doc</t>
+        </is>
+      </c>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>Election candidate blurb</t>
+        </is>
+      </c>
       <c r="C100" s="1" t="n">
-        <v>44593.44268296276</v>
+        <v>44612.68034663892</v>
       </c>
       <c r="D100" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-2017-appeals-evidence-submission-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/election-2022-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="inlineStr">
         <is>
-          <t>Flyer VOA history</t>
-[...2 lines deleted...]
-      <c r="B101" t="inlineStr"/>
+          <t>RSA Rating Coronavirus etc Act (Final)</t>
+        </is>
+      </c>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>Webinar presentation slides</t>
+        </is>
+      </c>
       <c r="C101" s="1" t="n">
-        <v>44524.50597954431</v>
+        <v>44595.60995332507</v>
       </c>
       <c r="D101" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/flyer-voa-history</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rating-coronavirus-etc-act-final</t>
         </is>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="inlineStr">
         <is>
-          <t>Welsh 2021 Decap rate</t>
-[...2 lines deleted...]
-      <c r="B102" t="inlineStr"/>
+          <t>RSA Webinar 20 Jan 2022 Ricketts v Cyxtera</t>
+        </is>
+      </c>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>webinar presentation slides</t>
+        </is>
+      </c>
       <c r="C102" s="1" t="n">
-        <v>44514.82995740448</v>
+        <v>44594.70662037037</v>
       </c>
       <c r="D102" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-2021-decap-rate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-20-jan-2022-ricketts-v-cyxtera</t>
         </is>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="inlineStr">
         <is>
-          <t>Unit of Assessment briefing note</t>
+          <t>RSA Webinar 13 Jan 2022 Fundamental Review of Business Rates</t>
         </is>
       </c>
       <c r="B103" t="inlineStr">
         <is>
-          <t>Briefing Note</t>
+          <t>webinar presentation recording</t>
         </is>
       </c>
       <c r="C103" s="1" t="n">
-        <v>44510.54485536978</v>
+        <v>44594.70606481482</v>
       </c>
       <c r="D103" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/unit-of-assessment-briefing-note</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-webinar-13-jan-2022-fundamental-review-of-business-rates</t>
         </is>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="inlineStr">
         <is>
-          <t>OGM 2020 Minutes</t>
-[...6 lines deleted...]
-      </c>
+          <t>VTS 2017 appeals: Evidence submission guidance</t>
+        </is>
+      </c>
+      <c r="B104" t="inlineStr"/>
       <c r="C104" s="1" t="n">
-        <v>44509.54533493261</v>
+        <v>44593.44268296276</v>
       </c>
       <c r="D104" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ogm-2020-minutes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-2017-appeals-evidence-submission-guidance</t>
         </is>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="inlineStr">
         <is>
-          <t>Principles of Rating Calendar 2022</t>
-[...6 lines deleted...]
-      </c>
+          <t>Flyer VOA history</t>
+        </is>
+      </c>
+      <c r="B105" t="inlineStr"/>
       <c r="C105" s="1" t="n">
-        <v>44487.71111527073</v>
+        <v>44524.50597954431</v>
       </c>
       <c r="D105" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/flyer-voa-history</t>
         </is>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="inlineStr">
         <is>
-          <t>Guest Dinner HMS Belfast 2021</t>
-[...6 lines deleted...]
-      </c>
+          <t>Welsh 2021 Decap rate</t>
+        </is>
+      </c>
+      <c r="B106" t="inlineStr"/>
       <c r="C106" s="1" t="n">
-        <v>44472.66380172382</v>
+        <v>44514.82995740448</v>
       </c>
       <c r="D106" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-hms-belfast-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-2021-decap-rate</t>
         </is>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="inlineStr">
         <is>
-          <t>Contractors Method of Valuation Webinar for Junior and Affiliate Members</t>
+          <t>Unit of Assessment briefing note</t>
         </is>
       </c>
       <c r="B107" t="inlineStr">
         <is>
-          <t>Hosted by William Illingworth MRICS, Helen Zammit-Willson, current Chair of the Rating Diploma Holders’ Section and Director of the National Valuation Unit at the Valuation Office Agency, talks on the ‘Contractors Method of Valuation’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>Briefing Note</t>
         </is>
       </c>
       <c r="C107" s="1" t="n">
-        <v>44466.72326388889</v>
+        <v>44510.54485536978</v>
       </c>
       <c r="D107" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/contractors-method-of-valuation-webinar-for-junior-and-affiliate-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/unit-of-assessment-briefing-note</t>
         </is>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="inlineStr">
         <is>
-          <t>Special</t>
+          <t>OGM 2020 Minutes</t>
         </is>
       </c>
       <c r="B108" t="inlineStr">
         <is>
-          <t>Presentation given by Roger Cohen on Thursday 3rd June</t>
+          <t>OGM 2020 minutes</t>
         </is>
       </c>
       <c r="C108" s="1" t="n">
-        <v>44466.71716246691</v>
+        <v>44509.54533493261</v>
       </c>
       <c r="D108" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/special</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ogm-2020-minutes</t>
         </is>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="inlineStr">
         <is>
-          <t>Fundamentals</t>
+          <t>Principles of Rating Calendar 2022</t>
         </is>
       </c>
       <c r="B109" t="inlineStr">
         <is>
-          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+          <t>Calendar 2022</t>
         </is>
       </c>
       <c r="C109" s="1" t="n">
-        <v>44466.71012976917</v>
+        <v>44487.71111527073</v>
       </c>
       <c r="D109" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/fundamentals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/principles-of-rating-calendar-2022</t>
         </is>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="inlineStr">
         <is>
-          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+          <t>Guest Dinner HMS Belfast 2021</t>
         </is>
       </c>
       <c r="B110" t="inlineStr">
         <is>
-          <t>Webinar for Junior and Affiliate Members.  Hosted by William Illingworth MRICS, Patrick Bond talks on 'Basic rating fundamentals and landmark case law.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+          <t>HMS Belfast 11th November Booking Form</t>
         </is>
       </c>
       <c r="C110" s="1" t="n">
-        <v>44466.68613425926</v>
+        <v>44472.66380172382</v>
       </c>
       <c r="D110" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/basic-rating-fundamentals-and-landmark-case-law</t>
+          <t>https://ratingsurveyorsassociation.org/documents/guest-dinner-hms-belfast-2021</t>
         </is>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="inlineStr">
         <is>
-          <t>RSA - More Frequent Revaluations - Aug21 Response</t>
-[...2 lines deleted...]
-      <c r="B111" t="inlineStr"/>
+          <t>Contractors Method of Valuation Webinar for Junior and Affiliate Members</t>
+        </is>
+      </c>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>Hosted by William Illingworth MRICS, Helen Zammit-Willson, current Chair of the Rating Diploma Holders’ Section and Director of the National Valuation Unit at the Valuation Office Agency, talks on the ‘Contractors Method of Valuation’.   A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C111" s="1" t="n">
-        <v>44432.4105787037</v>
+        <v>44466.72326388889</v>
       </c>
       <c r="D111" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-more-frequent-revaluations-aug21-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/contractors-method-of-valuation-webinar-for-junior-and-affiliate-members</t>
         </is>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="inlineStr">
         <is>
-          <t>rsa agent coordination proforma</t>
-[...2 lines deleted...]
-      <c r="B112" t="inlineStr"/>
+          <t>Special</t>
+        </is>
+      </c>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>Presentation given by Roger Cohen on Thursday 3rd June</t>
+        </is>
+      </c>
       <c r="C112" s="1" t="n">
-        <v>44421.85898223901</v>
+        <v>44466.71716246691</v>
       </c>
       <c r="D112" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-agent-coordination-proforma</t>
+          <t>https://ratingsurveyorsassociation.org/documents/special</t>
         </is>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="inlineStr">
         <is>
-          <t>HOL 2021 booking form</t>
-[...2 lines deleted...]
-      <c r="B113" t="inlineStr"/>
+          <t>Fundamentals</t>
+        </is>
+      </c>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+        </is>
+      </c>
       <c r="C113" s="1" t="n">
-        <v>44419.62411488238</v>
+        <v>44466.71012976917</v>
       </c>
       <c r="D113" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/hol-2021-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/fundamentals</t>
         </is>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="inlineStr">
         <is>
-          <t>Upper Tribunal Lands Practice Note Electronic Filing</t>
-[...2 lines deleted...]
-      <c r="B114" t="inlineStr"/>
+          <t>Basic Rating Fundamentals and Landmark Case Law</t>
+        </is>
+      </c>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>Webinar for Junior and Affiliate Members.  Hosted by William Illingworth MRICS, Patrick Bond talks on 'Basic rating fundamentals and landmark case law.  A summary of the webinar and link to the recording is enclosed within the link.</t>
+        </is>
+      </c>
       <c r="C114" s="1" t="n">
-        <v>44382.90886253346</v>
+        <v>44466.68613425926</v>
       </c>
       <c r="D114" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/upper-tribunal-lands-practice-note-electronic-filing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/basic-rating-fundamentals-and-landmark-case-law</t>
         </is>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="inlineStr">
         <is>
-          <t>UT Lands Practice Note EC filing</t>
+          <t>RSA - More Frequent Revaluations - Aug21 Response</t>
         </is>
       </c>
       <c r="B115" t="inlineStr"/>
       <c r="C115" s="1" t="n">
-        <v>44382.52977440992</v>
+        <v>44432.4105787037</v>
       </c>
       <c r="D115" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-practice-note-ec-filing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-more-frequent-revaluations-aug21-response</t>
         </is>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="inlineStr">
         <is>
-          <t>Patrick Bond Basic Rating Principles and Case Law</t>
-[...6 lines deleted...]
-      </c>
+          <t>rsa agent coordination proforma</t>
+        </is>
+      </c>
+      <c r="B116" t="inlineStr"/>
       <c r="C116" s="1" t="n">
-        <v>44365.78885416667</v>
+        <v>44421.85898223901</v>
       </c>
       <c r="D116" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/patrick-bond-basic-rating-principles-and-case-law</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-agent-coordination-proforma</t>
         </is>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="inlineStr">
         <is>
-          <t>RSA CPD Event - Rating Liability and SPV's</t>
-[...6 lines deleted...]
-      </c>
+          <t>HOL 2021 booking form</t>
+        </is>
+      </c>
+      <c r="B117" t="inlineStr"/>
       <c r="C117" s="1" t="n">
-        <v>44354.8396875</v>
+        <v>44419.62411488238</v>
       </c>
       <c r="D117" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-event-rating-liability-and-spv-s</t>
+          <t>https://ratingsurveyorsassociation.org/documents/hol-2021-booking-form</t>
         </is>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="inlineStr">
         <is>
-          <t>AGM 2021 agenda</t>
-[...6 lines deleted...]
-      </c>
+          <t>Upper Tribunal Lands Practice Note Electronic Filing</t>
+        </is>
+      </c>
+      <c r="B118" t="inlineStr"/>
       <c r="C118" s="1" t="n">
-        <v>44307.75404125627</v>
+        <v>44382.90886253346</v>
       </c>
       <c r="D118" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2021-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/upper-tribunal-lands-practice-note-electronic-filing</t>
         </is>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="inlineStr">
         <is>
-          <t>Privacy settings</t>
-[...6 lines deleted...]
-      </c>
+          <t>UT Lands Practice Note EC filing</t>
+        </is>
+      </c>
+      <c r="B119" t="inlineStr"/>
       <c r="C119" s="1" t="n">
-        <v>44307.75196459732</v>
+        <v>44382.52977440992</v>
       </c>
       <c r="D119" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/privacy-settings</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-practice-note-ec-filing</t>
         </is>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="inlineStr">
         <is>
-          <t>2020 Accounts</t>
-[...2 lines deleted...]
-      <c r="B120" t="inlineStr"/>
+          <t>Patrick Bond Basic Rating Principles and Case Law</t>
+        </is>
+      </c>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>Slides from Affiliates webinar with Patrick Bond 8 April 2021</t>
+        </is>
+      </c>
       <c r="C120" s="1" t="n">
-        <v>44295.63247102627</v>
+        <v>44365.78885416667</v>
       </c>
       <c r="D120" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-accounts</t>
+          <t>https://ratingsurveyorsassociation.org/documents/patrick-bond-basic-rating-principles-and-case-law</t>
         </is>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="inlineStr">
         <is>
-          <t>Scotland NDR Relief Regs 2021</t>
-[...2 lines deleted...]
-      <c r="B121" t="inlineStr"/>
+          <t>RSA CPD Event - Rating Liability and SPV's</t>
+        </is>
+      </c>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>CPD event slides</t>
+        </is>
+      </c>
       <c r="C121" s="1" t="n">
-        <v>44277.66886222688</v>
+        <v>44354.8396875</v>
       </c>
       <c r="D121" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-relief-regs-2021</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-cpd-event-rating-liability-and-spv-s</t>
         </is>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="inlineStr">
         <is>
-          <t>Scotland 2021 Relief Regs</t>
-[...2 lines deleted...]
-      <c r="B122" t="inlineStr"/>
+          <t>AGM 2021 agenda</t>
+        </is>
+      </c>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>2021 AGM agenda</t>
+        </is>
+      </c>
       <c r="C122" s="1" t="n">
-        <v>44277.66823217978</v>
+        <v>44307.75404125627</v>
       </c>
       <c r="D122" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-2021-relief-regs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2021-agenda</t>
         </is>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="inlineStr">
         <is>
-          <t>RSA Press Release - Mar21</t>
-[...2 lines deleted...]
-      <c r="B123" t="inlineStr"/>
+          <t>Privacy settings</t>
+        </is>
+      </c>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>Guide to reviewing your privacy settings</t>
+        </is>
+      </c>
       <c r="C123" s="1" t="n">
-        <v>44277.49678554048</v>
+        <v>44307.75196459732</v>
       </c>
       <c r="D123" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-press-release-mar21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/privacy-settings</t>
         </is>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="inlineStr">
         <is>
-          <t>RSA Briefing Note - Mar21</t>
+          <t>2020 Accounts</t>
         </is>
       </c>
       <c r="B124" t="inlineStr"/>
       <c r="C124" s="1" t="n">
-        <v>44277.49657919679</v>
+        <v>44295.63247102627</v>
       </c>
       <c r="D124" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-briefing-note-mar21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-accounts</t>
         </is>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="inlineStr">
         <is>
-          <t>2021 Ballot form</t>
+          <t>Scotland NDR Relief Regs 2021</t>
         </is>
       </c>
       <c r="B125" t="inlineStr"/>
       <c r="C125" s="1" t="n">
-        <v>44260.39191237147</v>
+        <v>44277.66886222688</v>
       </c>
       <c r="D125" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-relief-regs-2021</t>
         </is>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="inlineStr">
         <is>
-          <t>2021 Ballot supporting statements</t>
+          <t>Scotland 2021 Relief Regs</t>
         </is>
       </c>
       <c r="B126" t="inlineStr"/>
       <c r="C126" s="1" t="n">
-        <v>44260.39159788637</v>
+        <v>44277.66823217978</v>
       </c>
       <c r="D126" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-supporting-statements</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-2021-relief-regs</t>
         </is>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="inlineStr">
         <is>
-          <t>Chancellor letter</t>
+          <t>RSA Press Release - Mar21</t>
         </is>
       </c>
       <c r="B127" t="inlineStr"/>
       <c r="C127" s="1" t="n">
-        <v>44244.84816941125</v>
+        <v>44277.49678554048</v>
       </c>
       <c r="D127" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/chancellor-letter</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-press-release-mar21</t>
         </is>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="inlineStr">
         <is>
-          <t>Wales Empty Rate Consultation Response</t>
+          <t>RSA Briefing Note - Mar21</t>
         </is>
       </c>
       <c r="B128" t="inlineStr"/>
       <c r="C128" s="1" t="n">
-        <v>44239.50941055874</v>
+        <v>44277.49657919679</v>
       </c>
       <c r="D128" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/wales-empty-rate-consultation-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-briefing-note-mar21</t>
         </is>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="inlineStr">
         <is>
-          <t>RSA - VOA COVID discussions - Working Groups 101220</t>
+          <t>2021 Ballot form</t>
         </is>
       </c>
       <c r="B129" t="inlineStr"/>
       <c r="C129" s="1" t="n">
-        <v>44186.73185456897</v>
+        <v>44260.39191237147</v>
       </c>
       <c r="D129" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-voa-covid-discussions-working-groups-101220</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-form</t>
         </is>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="inlineStr">
         <is>
-          <t>BRIL 2020.12</t>
+          <t>2021 Ballot supporting statements</t>
         </is>
       </c>
       <c r="B130" t="inlineStr"/>
       <c r="C130" s="1" t="n">
-        <v>44183.81024252981</v>
+        <v>44260.39159788637</v>
       </c>
       <c r="D130" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-2020-12</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-ballot-supporting-statements</t>
         </is>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="inlineStr">
         <is>
-          <t>Dec 2020 Guide for VAC members</t>
+          <t>Chancellor letter</t>
         </is>
       </c>
       <c r="B131" t="inlineStr"/>
       <c r="C131" s="1" t="n">
-        <v>44180.97068352486</v>
+        <v>44244.84816941125</v>
       </c>
       <c r="D131" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/dec-2020-guide-for-vac-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/chancellor-letter</t>
         </is>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="inlineStr">
         <is>
-          <t>Scotland - Guide for VAC members</t>
+          <t>Wales Empty Rate Consultation Response</t>
         </is>
       </c>
       <c r="B132" t="inlineStr"/>
       <c r="C132" s="1" t="n">
-        <v>44179.94106875509</v>
+        <v>44239.50941055874</v>
       </c>
       <c r="D132" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-guide-for-vac-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/wales-empty-rate-consultation-response</t>
         </is>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="inlineStr">
         <is>
-          <t>OGM 2019 Minutes</t>
+          <t>RSA - VOA COVID discussions - Working Groups 101220</t>
         </is>
       </c>
       <c r="B133" t="inlineStr"/>
       <c r="C133" s="1" t="n">
-        <v>44167.57865627269</v>
+        <v>44186.73185456897</v>
       </c>
       <c r="D133" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ogm-2019-minutes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-voa-covid-discussions-working-groups-101220</t>
         </is>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="inlineStr">
         <is>
-          <t>Scotland - letter to all ratepayers</t>
+          <t>BRIL 2020.12</t>
         </is>
       </c>
       <c r="B134" t="inlineStr"/>
       <c r="C134" s="1" t="n">
-        <v>44150.45955386949</v>
+        <v>44183.81024252981</v>
       </c>
       <c r="D134" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-letter-to-all-ratepayers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-2020-12</t>
         </is>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="inlineStr">
         <is>
-          <t xml:space="preserve">Welsh Rate Relief - Consultation </t>
+          <t>Dec 2020 Guide for VAC members</t>
         </is>
       </c>
       <c r="B135" t="inlineStr"/>
       <c r="C135" s="1" t="n">
-        <v>44147.85208346879</v>
+        <v>44180.97068352486</v>
       </c>
       <c r="D135" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-rate-relief-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/dec-2020-guide-for-vac-members</t>
         </is>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Conference 2020</t>
+          <t>Scotland - Guide for VAC members</t>
         </is>
       </c>
       <c r="B136" t="inlineStr"/>
       <c r="C136" s="1" t="n">
-        <v>44146.86544107066</v>
+        <v>44179.94106875509</v>
       </c>
       <c r="D136" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-guide-for-vac-members</t>
         </is>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="inlineStr">
         <is>
-          <t>2020 OGM agenda</t>
+          <t>OGM 2019 Minutes</t>
         </is>
       </c>
       <c r="B137" t="inlineStr"/>
       <c r="C137" s="1" t="n">
-        <v>44143.42941263832</v>
+        <v>44167.57865627269</v>
       </c>
       <c r="D137" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-ogm-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ogm-2019-minutes</t>
         </is>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="inlineStr">
         <is>
-          <t>Call for Evidence Fundamental Review of Buisness Rates submission 2</t>
+          <t>Scotland - letter to all ratepayers</t>
         </is>
       </c>
       <c r="B138" t="inlineStr"/>
       <c r="C138" s="1" t="n">
-        <v>44134.76553502592</v>
+        <v>44150.45955386949</v>
       </c>
       <c r="D138" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission-2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-letter-to-all-ratepayers</t>
         </is>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="inlineStr">
         <is>
-          <t>CPT Whats happening to rents in a Covid world</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Welsh Rate Relief - Consultation </t>
+        </is>
+      </c>
+      <c r="B139" t="inlineStr"/>
       <c r="C139" s="1" t="n">
-        <v>44123.4818693619</v>
+        <v>44147.85208346879</v>
       </c>
       <c r="D139" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-whats-happening-to-rents-in-a-covid-world</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-rate-relief-consultation</t>
         </is>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="inlineStr">
         <is>
-          <t>Call for evidence - Fundamental Review of Buisness Rates - Part 2</t>
+          <t>RICS Rating Diploma Conference 2020</t>
         </is>
       </c>
       <c r="B140" t="inlineStr"/>
       <c r="C140" s="1" t="n">
-        <v>44095.5057271841</v>
+        <v>44146.86544107066</v>
       </c>
       <c r="D140" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-part-2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-2020</t>
         </is>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="inlineStr">
         <is>
-          <t>Call for Evidence Fundamental Review of Buisness Rates submission1</t>
+          <t>2020 OGM agenda</t>
         </is>
       </c>
       <c r="B141" t="inlineStr"/>
       <c r="C141" s="1" t="n">
-        <v>44095.50398483389</v>
+        <v>44143.42941263832</v>
       </c>
       <c r="D141" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission1</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-ogm-agenda</t>
         </is>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="inlineStr">
         <is>
-          <t>Museums where are we now</t>
-[...6 lines deleted...]
-      </c>
+          <t>Call for Evidence Fundamental Review of Buisness Rates submission 2</t>
+        </is>
+      </c>
+      <c r="B142" t="inlineStr"/>
       <c r="C142" s="1" t="n">
-        <v>44064.3300788603</v>
+        <v>44134.76553502592</v>
       </c>
       <c r="D142" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/museums-where-are-we-now</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission-2</t>
         </is>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="inlineStr">
         <is>
-          <t>Assessor Information Notice Consultation</t>
-[...2 lines deleted...]
-      <c r="B143" t="inlineStr"/>
+          <t>CPT Whats happening to rents in a Covid world</t>
+        </is>
+      </c>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>CPT 18 Nov 2020</t>
+        </is>
+      </c>
       <c r="C143" s="1" t="n">
-        <v>44061.80549450988</v>
+        <v>44123.4818693619</v>
       </c>
       <c r="D143" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/assessor-information-notice-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-whats-happening-to-rents-in-a-covid-world</t>
         </is>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="inlineStr">
         <is>
-          <t>Call for evidence</t>
+          <t>Call for evidence - Fundamental Review of Buisness Rates - Part 2</t>
         </is>
       </c>
       <c r="B144" t="inlineStr"/>
       <c r="C144" s="1" t="n">
-        <v>44049.93478258648</v>
+        <v>44095.5057271841</v>
       </c>
       <c r="D144" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-part-2</t>
         </is>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="inlineStr">
         <is>
-          <t>Consolidated Practice Statement July 2020</t>
+          <t>Call for Evidence Fundamental Review of Buisness Rates submission1</t>
         </is>
       </c>
       <c r="B145" t="inlineStr"/>
       <c r="C145" s="1" t="n">
-        <v>44042.87513414942</v>
+        <v>44095.50398483389</v>
       </c>
       <c r="D145" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consolidated-practice-statement-july-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence-fundamental-review-of-buisness-rates-submission1</t>
         </is>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="inlineStr">
         <is>
-          <t>Covid 19 Emergency Practice Statement</t>
-[...2 lines deleted...]
-      <c r="B146" t="inlineStr"/>
+          <t>Museums where are we now</t>
+        </is>
+      </c>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>RSA Seminar given my Colin HunterMRICS IRRV (Hons)</t>
+        </is>
+      </c>
       <c r="C146" s="1" t="n">
-        <v>44042.87448427943</v>
+        <v>44064.3300788603</v>
       </c>
       <c r="D146" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/covid-19-emergency-practice-statement</t>
+          <t>https://ratingsurveyorsassociation.org/documents/museums-where-are-we-now</t>
         </is>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="inlineStr">
         <is>
-          <t>Joint statement re Covid-19 MCC proposals</t>
+          <t>Assessor Information Notice Consultation</t>
         </is>
       </c>
       <c r="B147" t="inlineStr"/>
       <c r="C147" s="1" t="n">
-        <v>44027.39024132132</v>
+        <v>44061.80549450988</v>
       </c>
       <c r="D147" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/joint-statement-re-covid-19-mcc-proposals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/assessor-information-notice-consultation</t>
         </is>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="inlineStr">
         <is>
-          <t>CPD Museums July 2020</t>
-[...6 lines deleted...]
-      </c>
+          <t>Call for evidence</t>
+        </is>
+      </c>
+      <c r="B148" t="inlineStr"/>
       <c r="C148" s="1" t="n">
-        <v>44021.45196374862</v>
+        <v>44049.93478258648</v>
       </c>
       <c r="D148" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpd-museums-july-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/call-for-evidence</t>
         </is>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="inlineStr">
         <is>
-          <t>Scotland NDR (Scotland) Bill</t>
-[...6 lines deleted...]
-      </c>
+          <t>Consolidated Practice Statement July 2020</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr"/>
       <c r="C149" s="1" t="n">
-        <v>44005.51186578636</v>
+        <v>44042.87513414942</v>
       </c>
       <c r="D149" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-scotland-bill</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consolidated-practice-statement-july-2020</t>
         </is>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="inlineStr">
         <is>
-          <t>VTS Listing of stayed ATM appeals Presidents Statement</t>
-[...6 lines deleted...]
-      </c>
+          <t>Covid 19 Emergency Practice Statement</t>
+        </is>
+      </c>
+      <c r="B150" t="inlineStr"/>
       <c r="C150" s="1" t="n">
-        <v>44005.47466445344</v>
+        <v>44042.87448427943</v>
       </c>
       <c r="D150" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-listing-of-stayed-atm-appeals-presidents-statement</t>
+          <t>https://ratingsurveyorsassociation.org/documents/covid-19-emergency-practice-statement</t>
         </is>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="inlineStr">
         <is>
-          <t>RSA Rules February 2020</t>
+          <t>Joint statement re Covid-19 MCC proposals</t>
         </is>
       </c>
       <c r="B151" t="inlineStr"/>
       <c r="C151" s="1" t="n">
-        <v>43999.37209114243</v>
+        <v>44027.39024132132</v>
       </c>
       <c r="D151" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/joint-statement-re-covid-19-mcc-proposals</t>
         </is>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="inlineStr">
         <is>
-          <t>BEIS Discretionary grants FAQs</t>
-[...2 lines deleted...]
-      <c r="B152" t="inlineStr"/>
+          <t>CPD Museums July 2020</t>
+        </is>
+      </c>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>CPD Museums July 2020</t>
+        </is>
+      </c>
       <c r="C152" s="1" t="n">
-        <v>43979.92028938784</v>
+        <v>44021.45196374862</v>
       </c>
       <c r="D152" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-faqs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpd-museums-july-2020</t>
         </is>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="inlineStr">
         <is>
-          <t>BEIS Discretionary grants V2</t>
-[...2 lines deleted...]
-      <c r="B153" t="inlineStr"/>
+          <t>Scotland NDR (Scotland) Bill</t>
+        </is>
+      </c>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>NDR (Scotland) Bill</t>
+        </is>
+      </c>
       <c r="C153" s="1" t="n">
-        <v>43979.91971311165</v>
+        <v>44005.51186578636</v>
       </c>
       <c r="D153" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-v2</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scotland-ndr-scotland-bill</t>
         </is>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="inlineStr">
         <is>
-          <t>UKSC 0225 Judgement ATM</t>
+          <t>VTS Listing of stayed ATM appeals Presidents Statement</t>
         </is>
       </c>
       <c r="B154" t="inlineStr">
         <is>
-          <t>UKSC Judgement ATM</t>
+          <t>VTS ATM appeals</t>
         </is>
       </c>
       <c r="C154" s="1" t="n">
-        <v>43972.46407010538</v>
+        <v>44005.47466445344</v>
       </c>
       <c r="D154" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-0225-judgement-atm</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-listing-of-stayed-atm-appeals-presidents-statement</t>
         </is>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="inlineStr">
         <is>
-          <t xml:space="preserve">BEIS Grant - Local Authority Discretionary Grant Fund </t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Rules February 2020</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr"/>
       <c r="C155" s="1" t="n">
-        <v>43963.37927481026</v>
+        <v>43999.37209114243</v>
       </c>
       <c r="D155" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/beis-grant-local-authority-discretionary-grant-fund</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2020</t>
         </is>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="inlineStr">
         <is>
-          <t>minutes AGM 23.4.20</t>
-[...6 lines deleted...]
-      </c>
+          <t>BEIS Discretionary grants FAQs</t>
+        </is>
+      </c>
+      <c r="B156" t="inlineStr"/>
       <c r="C156" s="1" t="n">
-        <v>43945.53551369767</v>
+        <v>43979.92028938784</v>
       </c>
       <c r="D156" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/minutes-agm-23-4-20</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-faqs</t>
         </is>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="inlineStr">
         <is>
-          <t>Covid 19 Committee changes to Association 2020-21</t>
-[...6 lines deleted...]
-      </c>
+          <t>BEIS Discretionary grants V2</t>
+        </is>
+      </c>
+      <c r="B157" t="inlineStr"/>
       <c r="C157" s="1" t="n">
-        <v>43944.85786680457</v>
+        <v>43979.91971311165</v>
       </c>
       <c r="D157" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/covid-19-committee-changes-to-association-2020-21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-discretionary-grants-v2</t>
         </is>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="inlineStr">
         <is>
-          <t>AGM 2020 Committee Structure 2020-21</t>
-[...2 lines deleted...]
-      <c r="B158" t="inlineStr"/>
+          <t>UKSC 0225 Judgement ATM</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>UKSC Judgement ATM</t>
+        </is>
+      </c>
       <c r="C158" s="1" t="n">
-        <v>43944.85700307436</v>
+        <v>43972.46407010538</v>
       </c>
       <c r="D158" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-committee-structure-2020-21</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-0225-judgement-atm</t>
         </is>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="inlineStr">
         <is>
-          <t>AGM 2020 Presidents address</t>
+          <t xml:space="preserve">BEIS Grant - Local Authority Discretionary Grant Fund </t>
         </is>
       </c>
       <c r="B159" t="inlineStr">
         <is>
-          <t>AGM 2020 Presidents address</t>
+          <t>Local Authority Discretionary Grant Fund announcement</t>
         </is>
       </c>
       <c r="C159" s="1" t="n">
-        <v>43944.85627476353</v>
+        <v>43963.37927481026</v>
       </c>
       <c r="D159" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-presidents-address</t>
+          <t>https://ratingsurveyorsassociation.org/documents/beis-grant-local-authority-discretionary-grant-fund</t>
         </is>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="inlineStr">
         <is>
-          <t>RSA signed accounts to Dec 2019</t>
-[...2 lines deleted...]
-      <c r="B160" t="inlineStr"/>
+          <t>minutes AGM 23.4.20</t>
+        </is>
+      </c>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>AGM minutes</t>
+        </is>
+      </c>
       <c r="C160" s="1" t="n">
-        <v>43943.90936925542</v>
+        <v>43945.53551369767</v>
       </c>
       <c r="D160" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/minutes-agm-23-4-20</t>
         </is>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="inlineStr">
         <is>
-          <t>AGM meeting agenda 2020</t>
-[...2 lines deleted...]
-      <c r="B161" t="inlineStr"/>
+          <t>Covid 19 Committee changes to Association 2020-21</t>
+        </is>
+      </c>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>Covid 19 changes to Association structure 2020-21</t>
+        </is>
+      </c>
       <c r="C161" s="1" t="n">
-        <v>43942.45153405471</v>
+        <v>43944.85786680457</v>
       </c>
       <c r="D161" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agm-meeting-agenda-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/covid-19-committee-changes-to-association-2020-21</t>
         </is>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="inlineStr">
         <is>
-          <t>V1 Technical C19 Business Support Grant FAQs</t>
-[...6 lines deleted...]
-      </c>
+          <t>AGM 2020 Committee Structure 2020-21</t>
+        </is>
+      </c>
+      <c r="B162" t="inlineStr"/>
       <c r="C162" s="1" t="n">
-        <v>43930.90086229627</v>
+        <v>43944.85700307436</v>
       </c>
       <c r="D162" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/v1-technical-c19-business-support-grant-faqs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-committee-structure-2020-21</t>
         </is>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="inlineStr">
         <is>
-          <t>V4.1 Master Small Business Grant Fund and Retail Guidance</t>
+          <t>AGM 2020 Presidents address</t>
         </is>
       </c>
       <c r="B163" t="inlineStr">
         <is>
-          <t>small business grant fund &amp; retail guidance</t>
+          <t>AGM 2020 Presidents address</t>
         </is>
       </c>
       <c r="C163" s="1" t="n">
-        <v>43930.89808857505</v>
+        <v>43944.85627476353</v>
       </c>
       <c r="D163" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/v4-1-master-small-business-grant-fund-and-retail-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-2020-presidents-address</t>
         </is>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="inlineStr">
         <is>
-          <t>VTS appeals &amp; listing service (AALS)</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA signed accounts to Dec 2019</t>
+        </is>
+      </c>
+      <c r="B164" t="inlineStr"/>
       <c r="C164" s="1" t="n">
-        <v>43924.67512354998</v>
+        <v>43943.90936925542</v>
       </c>
       <c r="D164" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vts-appeals-and-listing-service-aals</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2019</t>
         </is>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rates (Coronavirus Reliefs) (Scotland) Regulations 2020</t>
+          <t>AGM meeting agenda 2020</t>
         </is>
       </c>
       <c r="B165" t="inlineStr"/>
       <c r="C165" s="1" t="n">
-        <v>43922.88145201811</v>
+        <v>43942.45153405471</v>
       </c>
       <c r="D165" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-coronavirus-reliefs-scotland-regulations-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agm-meeting-agenda-2020</t>
         </is>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="inlineStr">
         <is>
-          <t>UT Lands Chamber Covid 19 Presidential Guidance</t>
-[...2 lines deleted...]
-      <c r="B166" t="inlineStr"/>
+          <t>V1 Technical C19 Business Support Grant FAQs</t>
+        </is>
+      </c>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>Technical C19 Business Support Frant FAQs</t>
+        </is>
+      </c>
       <c r="C166" s="1" t="n">
-        <v>43915.5844212963</v>
+        <v>43930.90086229627</v>
       </c>
       <c r="D166" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-chamber-covid-19-presidential-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/v1-technical-c19-business-support-grant-faqs</t>
         </is>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="inlineStr">
         <is>
-          <t xml:space="preserve">MCHLG Guidance: Further businesses and premises to close </t>
+          <t>V4.1 Master Small Business Grant Fund and Retail Guidance</t>
         </is>
       </c>
       <c r="B167" t="inlineStr">
         <is>
-          <t>MCHLG guidance</t>
+          <t>small business grant fund &amp; retail guidance</t>
         </is>
       </c>
       <c r="C167" s="1" t="n">
-        <v>43915.5709375</v>
+        <v>43930.89808857505</v>
       </c>
       <c r="D167" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mchlg-guidance-further-businesses-and-premises-to-close</t>
+          <t>https://ratingsurveyorsassociation.org/documents/v4-1-master-small-business-grant-fund-and-retail-guidance</t>
         </is>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="inlineStr">
         <is>
-          <t>Scat Codes</t>
-[...2 lines deleted...]
-      <c r="B168" t="inlineStr"/>
+          <t>VTS appeals &amp; listing service (AALS)</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>VTS launch appeals &amp; listing service</t>
+        </is>
+      </c>
       <c r="C168" s="1" t="n">
-        <v>43908.41837677538</v>
+        <v>43924.67512354998</v>
       </c>
       <c r="D168" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/scat-codes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vts-appeals-and-listing-service-aals</t>
         </is>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="inlineStr">
         <is>
-          <t>RSA members dinner 2020</t>
+          <t>The Non-Domestic Rates (Coronavirus Reliefs) (Scotland) Regulations 2020</t>
         </is>
       </c>
       <c r="B169" t="inlineStr"/>
       <c r="C169" s="1" t="n">
-        <v>43899.41916318031</v>
+        <v>43922.88145201811</v>
       </c>
       <c r="D169" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-coronavirus-reliefs-scotland-regulations-2020</t>
         </is>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="inlineStr">
         <is>
-          <t>2020 Committee elections supporting doc</t>
+          <t>UT Lands Chamber Covid 19 Presidential Guidance</t>
         </is>
       </c>
       <c r="B170" t="inlineStr"/>
       <c r="C170" s="1" t="n">
-        <v>43894.52513109358</v>
+        <v>43915.5844212963</v>
       </c>
       <c r="D170" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-elections-supporting-doc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ut-lands-chamber-covid-19-presidential-guidance</t>
         </is>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="inlineStr">
         <is>
-          <t>2020 Committee ballot</t>
-[...2 lines deleted...]
-      <c r="B171" t="inlineStr"/>
+          <t xml:space="preserve">MCHLG Guidance: Further businesses and premises to close </t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>MCHLG guidance</t>
+        </is>
+      </c>
       <c r="C171" s="1" t="n">
-        <v>43894.52422750882</v>
+        <v>43915.5709375</v>
       </c>
       <c r="D171" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-ballot</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mchlg-guidance-further-businesses-and-premises-to-close</t>
         </is>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="inlineStr">
         <is>
-          <t>Professional Bodies' Letter to Minister regarding CCA amendments 08.01.2020</t>
+          <t>Scat Codes</t>
         </is>
       </c>
       <c r="B172" t="inlineStr"/>
       <c r="C172" s="1" t="n">
-        <v>43866.87134179882</v>
+        <v>43908.41837677538</v>
       </c>
       <c r="D172" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/professional-bodies-letter-to-minister-regarding-cca-amendments-08-01-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/scat-codes</t>
         </is>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA response - Practice Directions UT  </t>
+          <t>RSA members dinner 2020</t>
         </is>
       </c>
       <c r="B173" t="inlineStr"/>
       <c r="C173" s="1" t="n">
-        <v>43866.84879826573</v>
+        <v>43899.41916318031</v>
       </c>
       <c r="D173" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-practice-directions-ut</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2020</t>
         </is>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="inlineStr">
         <is>
-          <t xml:space="preserve">Practice Directions UT </t>
+          <t>2020 Committee elections supporting doc</t>
         </is>
       </c>
       <c r="B174" t="inlineStr"/>
       <c r="C174" s="1" t="n">
-        <v>43866.84795480769</v>
+        <v>43894.52513109358</v>
       </c>
       <c r="D174" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/practice-directions-ut</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-elections-supporting-doc</t>
         </is>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="inlineStr">
         <is>
-          <t>RSA lecture Feb 2020 London &amp; Manchester</t>
+          <t>2020 Committee ballot</t>
         </is>
       </c>
       <c r="B175" t="inlineStr"/>
       <c r="C175" s="1" t="n">
-        <v>43866.84689212542</v>
+        <v>43894.52422750882</v>
       </c>
       <c r="D175" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-feb-2020-london-and-manchester</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2020-committee-ballot</t>
         </is>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2020</t>
+          <t>Professional Bodies' Letter to Minister regarding CCA amendments 08.01.2020</t>
         </is>
       </c>
       <c r="B176" t="inlineStr"/>
       <c r="C176" s="1" t="n">
-        <v>43836.62016396605</v>
+        <v>43866.87134179882</v>
       </c>
       <c r="D176" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/professional-bodies-letter-to-minister-regarding-cca-amendments-08-01-2020</t>
         </is>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="inlineStr">
         <is>
-          <t>RQT 2020</t>
+          <t xml:space="preserve">RSA response - Practice Directions UT  </t>
         </is>
       </c>
       <c r="B177" t="inlineStr"/>
       <c r="C177" s="1" t="n">
-        <v>43818.76562958424</v>
+        <v>43866.84879826573</v>
       </c>
       <c r="D177" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rqt-2020</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-practice-directions-ut</t>
         </is>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="inlineStr">
         <is>
-          <t>RSA response to SAA consultation on rent returns form</t>
+          <t xml:space="preserve">Practice Directions UT </t>
         </is>
       </c>
       <c r="B178" t="inlineStr"/>
       <c r="C178" s="1" t="n">
-        <v>43818.73860592919</v>
+        <v>43866.84795480769</v>
       </c>
       <c r="D178" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/practice-directions-ut</t>
         </is>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="inlineStr">
         <is>
-          <t>RSA response to SAA consultation on rent returns</t>
+          <t>RSA lecture Feb 2020 London &amp; Manchester</t>
         </is>
       </c>
       <c r="B179" t="inlineStr"/>
       <c r="C179" s="1" t="n">
-        <v>43818.73782234045</v>
+        <v>43866.84689212542</v>
       </c>
       <c r="D179" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-feb-2020-london-and-manchester</t>
         </is>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="inlineStr">
         <is>
-          <t>2019 RSA lectures</t>
-[...6 lines deleted...]
-      </c>
+          <t>CPT National Rating Day 2020</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr"/>
       <c r="C180" s="1" t="n">
-        <v>43775.43144442191</v>
+        <v>43836.62016396605</v>
       </c>
       <c r="D180" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2019-rsa-lectures</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2020</t>
         </is>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="inlineStr">
         <is>
-          <t>Impact of Business Rates on Business - first report</t>
-[...6 lines deleted...]
-      </c>
+          <t>RQT 2020</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr"/>
       <c r="C181" s="1" t="n">
-        <v>43769.62372685185</v>
+        <v>43818.76562958424</v>
       </c>
       <c r="D181" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/impact-of-business-rates-on-business-first-report</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rqt-2020</t>
         </is>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="inlineStr">
         <is>
-          <t>VOA High Level Challenge Schematic</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA response to SAA consultation on rent returns form</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr"/>
       <c r="C182" s="1" t="n">
-        <v>43762.6616087963</v>
+        <v>43818.73860592919</v>
       </c>
       <c r="D182" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-high-level-challenge-schematic</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns-form</t>
         </is>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="inlineStr">
         <is>
-          <t>Challenge schematic</t>
+          <t>RSA response to SAA consultation on rent returns</t>
         </is>
       </c>
       <c r="B183" t="inlineStr"/>
       <c r="C183" s="1" t="n">
-        <v>43738.69920918246</v>
+        <v>43818.73782234045</v>
       </c>
       <c r="D183" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/challenge-schematic</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-saa-consultation-on-rent-returns</t>
         </is>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="inlineStr">
         <is>
-          <t>Churchill War Rooms image</t>
-[...2 lines deleted...]
-      <c r="B184" t="inlineStr"/>
+          <t>2019 RSA lectures</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>2019 RSA lectures</t>
+        </is>
+      </c>
       <c r="C184" s="1" t="n">
-        <v>43720.44034685835</v>
+        <v>43775.43144442191</v>
       </c>
       <c r="D184" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/churchill-war-rooms-image</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2019-rsa-lectures</t>
         </is>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="inlineStr">
         <is>
-          <t>Annual Guest Dinner 2019 Churchill War Rooms</t>
-[...2 lines deleted...]
-      <c r="B185" t="inlineStr"/>
+          <t>Impact of Business Rates on Business - first report</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>Impact of Business Rates on Business</t>
+        </is>
+      </c>
       <c r="C185" s="1" t="n">
-        <v>43720.43454216145</v>
+        <v>43769.62372685185</v>
       </c>
       <c r="D185" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/annual-guest-dinner-2019-churchill-war-rooms</t>
+          <t>https://ratingsurveyorsassociation.org/documents/impact-of-business-rates-on-business-first-report</t>
         </is>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="inlineStr">
         <is>
-          <t>CPT Expert Witness 2019</t>
-[...2 lines deleted...]
-      <c r="B186" t="inlineStr"/>
+          <t>VOA High Level Challenge Schematic</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>VOA High Level Challenge Schematic</t>
+        </is>
+      </c>
       <c r="C186" s="1" t="n">
-        <v>43699.80172607785</v>
+        <v>43762.6616087963</v>
       </c>
       <c r="D186" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-high-level-challenge-schematic</t>
         </is>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="inlineStr">
         <is>
-          <t>Golf Day flyer 2019</t>
+          <t>Challenge schematic</t>
         </is>
       </c>
       <c r="B187" t="inlineStr"/>
       <c r="C187" s="1" t="n">
-        <v>43677.37938271634</v>
+        <v>43738.69920918246</v>
       </c>
       <c r="D187" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/golf-day-flyer-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/challenge-schematic</t>
         </is>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Holders' Section Annual Conference - 19th September 2019</t>
+          <t>Churchill War Rooms image</t>
         </is>
       </c>
       <c r="B188" t="inlineStr"/>
       <c r="C188" s="1" t="n">
-        <v>43627.78906913438</v>
+        <v>43720.44034685835</v>
       </c>
       <c r="D188" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-holders-section-annual-conference-19th-september-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/churchill-war-rooms-image</t>
         </is>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma 2019 course - applications open</t>
+          <t>Annual Guest Dinner 2019 Churchill War Rooms</t>
         </is>
       </c>
       <c r="B189" t="inlineStr"/>
       <c r="C189" s="1" t="n">
-        <v>43593.79531027228</v>
+        <v>43720.43454216145</v>
       </c>
       <c r="D189" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course-applications-open</t>
+          <t>https://ratingsurveyorsassociation.org/documents/annual-guest-dinner-2019-churchill-war-rooms</t>
         </is>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma 2019 course</t>
+          <t>CPT Expert Witness 2019</t>
         </is>
       </c>
       <c r="B190" t="inlineStr"/>
       <c r="C190" s="1" t="n">
-        <v>43593.79472267468</v>
+        <v>43699.80172607785</v>
       </c>
       <c r="D190" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-2019</t>
         </is>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2019</t>
+          <t>Golf Day flyer 2019</t>
         </is>
       </c>
       <c r="B191" t="inlineStr"/>
       <c r="C191" s="1" t="n">
-        <v>43592.786051532</v>
+        <v>43677.37938271634</v>
       </c>
       <c r="D191" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/golf-day-flyer-2019</t>
         </is>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="inlineStr">
         <is>
-          <t>RDSC Module 9</t>
+          <t>RICS Rating Diploma Holders' Section Annual Conference - 19th September 2019</t>
         </is>
       </c>
       <c r="B192" t="inlineStr"/>
       <c r="C192" s="1" t="n">
-        <v>43586.80071903364</v>
+        <v>43627.78906913438</v>
       </c>
       <c r="D192" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rdsc-module-9</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-holders-section-annual-conference-19th-september-2019</t>
         </is>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="inlineStr">
         <is>
-          <t>RSA Response to Government Inquiry into Business Rates</t>
+          <t>RICS Rating Diploma 2019 course - applications open</t>
         </is>
       </c>
       <c r="B193" t="inlineStr"/>
       <c r="C193" s="1" t="n">
-        <v>43585.55024599648</v>
+        <v>43593.79531027228</v>
       </c>
       <c r="D193" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-government-inquiry-into-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course-applications-open</t>
         </is>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="inlineStr">
         <is>
-          <t>RSA House of Lords event 2019</t>
+          <t>RICS Rating Diploma 2019 course</t>
         </is>
       </c>
       <c r="B194" t="inlineStr"/>
       <c r="C194" s="1" t="n">
-        <v>43584.67908162522</v>
+        <v>43593.79472267468</v>
       </c>
       <c r="D194" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-event-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-2019-course</t>
         </is>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="inlineStr">
         <is>
-          <t>RSA House of Lords reception 2019</t>
+          <t>CPT National Rating Day 2019</t>
         </is>
       </c>
       <c r="B195" t="inlineStr"/>
       <c r="C195" s="1" t="n">
-        <v>43584.67557100907</v>
+        <v>43592.786051532</v>
       </c>
       <c r="D195" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-reception-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2019</t>
         </is>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="inlineStr">
         <is>
-          <t>Leeds QT 2019</t>
+          <t>RDSC Module 9</t>
         </is>
       </c>
       <c r="B196" t="inlineStr"/>
       <c r="C196" s="1" t="n">
-        <v>43557.41127691818</v>
+        <v>43586.80071903364</v>
       </c>
       <c r="D196" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/leeds-qt-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rdsc-module-9</t>
         </is>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="inlineStr">
         <is>
-          <t>Committee Elections 2019 Supporting Docs</t>
+          <t>RSA Response to Government Inquiry into Business Rates</t>
         </is>
       </c>
       <c r="B197" t="inlineStr"/>
       <c r="C197" s="1" t="n">
-        <v>43531.59810960027</v>
+        <v>43585.55024599648</v>
       </c>
       <c r="D197" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-supporting-docs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-government-inquiry-into-business-rates</t>
         </is>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="inlineStr">
         <is>
-          <t>Committee Elections 2019 - Ballot</t>
+          <t>RSA House of Lords event 2019</t>
         </is>
       </c>
       <c r="B198" t="inlineStr"/>
       <c r="C198" s="1" t="n">
-        <v>43531.59599560627</v>
+        <v>43584.67908162522</v>
       </c>
       <c r="D198" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-ballot</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-event-2019</t>
         </is>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="inlineStr">
         <is>
-          <t>IPTI conference</t>
+          <t>RSA House of Lords reception 2019</t>
         </is>
       </c>
       <c r="B199" t="inlineStr"/>
       <c r="C199" s="1" t="n">
-        <v>43531.57895844192</v>
+        <v>43584.67557100907</v>
       </c>
       <c r="D199" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ipti-conference</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-reception-2019</t>
         </is>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="inlineStr">
         <is>
-          <t xml:space="preserve">RICS Diploma Module 8 - 2019 </t>
+          <t>Leeds QT 2019</t>
         </is>
       </c>
       <c r="B200" t="inlineStr"/>
       <c r="C200" s="1" t="n">
-        <v>43523.51627828596</v>
+        <v>43557.41127691818</v>
       </c>
       <c r="D200" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-diploma-module-8-2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/leeds-qt-2019</t>
         </is>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="inlineStr">
         <is>
-          <t>VOA CCA Login slides</t>
+          <t>Committee Elections 2019 Supporting Docs</t>
         </is>
       </c>
       <c r="B201" t="inlineStr"/>
       <c r="C201" s="1" t="n">
-        <v>43523.34952364207</v>
+        <v>43531.59810960027</v>
       </c>
       <c r="D201" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-cca-login-slides</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-supporting-docs</t>
         </is>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="inlineStr">
         <is>
-          <t>The Lansdowne Club</t>
-[...6 lines deleted...]
-      </c>
+          <t>Committee Elections 2019 - Ballot</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr"/>
       <c r="C202" s="1" t="n">
-        <v>43507.52581018519</v>
+        <v>43531.59599560627</v>
       </c>
       <c r="D202" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-lansdowne-club</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2019-ballot</t>
         </is>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="inlineStr">
         <is>
-          <t>Members Dinner 2019 Booking Form</t>
+          <t>IPTI conference</t>
         </is>
       </c>
       <c r="B203" t="inlineStr"/>
       <c r="C203" s="1" t="n">
-        <v>43503.59425617842</v>
+        <v>43531.57895844192</v>
       </c>
       <c r="D203" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2019-booking-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ipti-conference</t>
         </is>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Municipal</t>
+          <t xml:space="preserve">RICS Diploma Module 8 - 2019 </t>
         </is>
       </c>
       <c r="B204" t="inlineStr"/>
       <c r="C204" s="1" t="n">
-        <v>43486.45561342593</v>
+        <v>43523.51627828596</v>
       </c>
       <c r="D204" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-municipal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-diploma-module-8-2019</t>
         </is>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Telecommunications</t>
+          <t>VOA CCA Login slides</t>
         </is>
       </c>
       <c r="B205" t="inlineStr"/>
       <c r="C205" s="1" t="n">
-        <v>43453.7300925926</v>
+        <v>43523.34952364207</v>
       </c>
       <c r="D205" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-telecommunications</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-cca-login-slides</t>
         </is>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Education</t>
-[...2 lines deleted...]
-      <c r="B206" t="inlineStr"/>
+          <t>The Lansdowne Club</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>Image of The Lansdowne Club 9 Fitzmaurice Place London W1J 5JD</t>
+        </is>
+      </c>
       <c r="C206" s="1" t="n">
-        <v>43453.71599537037</v>
+        <v>43507.52581018519</v>
       </c>
       <c r="D206" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-education</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-lansdowne-club</t>
         </is>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Distribution Warehouses</t>
+          <t>Members Dinner 2019 Booking Form</t>
         </is>
       </c>
       <c r="B207" t="inlineStr"/>
       <c r="C207" s="1" t="n">
-        <v>43453.70768518518</v>
+        <v>43503.59425617842</v>
       </c>
       <c r="D207" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-distribution-warehouses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/members-dinner-2019-booking-form</t>
         </is>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Healthcare</t>
+          <t>Agent Co-ordination - Municipal</t>
         </is>
       </c>
       <c r="B208" t="inlineStr"/>
       <c r="C208" s="1" t="n">
-        <v>43453.7067824074</v>
+        <v>43486.45561342593</v>
       </c>
       <c r="D208" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-healthcare</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-municipal</t>
         </is>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Industrial</t>
+          <t>Agent Co-ordination - Telecommunications</t>
         </is>
       </c>
       <c r="B209" t="inlineStr"/>
       <c r="C209" s="1" t="n">
-        <v>43453.70647392349</v>
+        <v>43453.7300925926</v>
       </c>
       <c r="D209" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-industrial</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-telecommunications</t>
         </is>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Restaurants</t>
+          <t>Agent Co-ordination - Education</t>
         </is>
       </c>
       <c r="B210" t="inlineStr"/>
       <c r="C210" s="1" t="n">
-        <v>43453.70619358731</v>
+        <v>43453.71599537037</v>
       </c>
       <c r="D210" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-restaurants</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-education</t>
         </is>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Trade Counters</t>
+          <t>Agent Co-ordination - Distribution Warehouses</t>
         </is>
       </c>
       <c r="B211" t="inlineStr"/>
       <c r="C211" s="1" t="n">
-        <v>43453.70504372664</v>
+        <v>43453.70768518518</v>
       </c>
       <c r="D211" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-trade-counters</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-distribution-warehouses</t>
         </is>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Motor Trade</t>
+          <t>Agent Co-ordination - Healthcare</t>
         </is>
       </c>
       <c r="B212" t="inlineStr"/>
       <c r="C212" s="1" t="n">
-        <v>43453.70478009259</v>
+        <v>43453.7067824074</v>
       </c>
       <c r="D212" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-motor-trade</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-healthcare</t>
         </is>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Car Parks</t>
+          <t>Agent Co-ordination - Industrial</t>
         </is>
       </c>
       <c r="B213" t="inlineStr"/>
       <c r="C213" s="1" t="n">
-        <v>43453.70455518537</v>
+        <v>43453.70647392349</v>
       </c>
       <c r="D213" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-car-parks</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-industrial</t>
         </is>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Hotels</t>
+          <t>Agent Co-ordination - Restaurants</t>
         </is>
       </c>
       <c r="B214" t="inlineStr"/>
       <c r="C214" s="1" t="n">
-        <v>43453.70434027778</v>
+        <v>43453.70619358731</v>
       </c>
       <c r="D214" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-hotels</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-restaurants</t>
         </is>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Advertising Rights</t>
+          <t>Agent Co-ordination - Trade Counters</t>
         </is>
       </c>
       <c r="B215" t="inlineStr"/>
       <c r="C215" s="1" t="n">
-        <v>43453.70409722222</v>
+        <v>43453.70504372664</v>
       </c>
       <c r="D215" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-advertising-rights</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-trade-counters</t>
         </is>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Retail Warehouses</t>
+          <t>Agent Co-ordination - Motor Trade</t>
         </is>
       </c>
       <c r="B216" t="inlineStr"/>
       <c r="C216" s="1" t="n">
-        <v>43453.70386574074</v>
+        <v>43453.70478009259</v>
       </c>
       <c r="D216" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-retail-warehouses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-motor-trade</t>
         </is>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Leisure</t>
+          <t>Agent Co-ordination - Car Parks</t>
         </is>
       </c>
       <c r="B217" t="inlineStr"/>
       <c r="C217" s="1" t="n">
-        <v>43453.70356481482</v>
+        <v>43453.70455518537</v>
       </c>
       <c r="D217" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-leisure</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-car-parks</t>
         </is>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Pubs</t>
+          <t>Agent Co-ordination - Hotels</t>
         </is>
       </c>
       <c r="B218" t="inlineStr"/>
       <c r="C218" s="1" t="n">
-        <v>43453.70325231482</v>
+        <v>43453.70434027778</v>
       </c>
       <c r="D218" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-pubs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-hotels</t>
         </is>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Offices</t>
+          <t>Agent Co-ordination - Advertising Rights</t>
         </is>
       </c>
       <c r="B219" t="inlineStr"/>
       <c r="C219" s="1" t="n">
-        <v>43453.70299768518</v>
+        <v>43453.70409722222</v>
       </c>
       <c r="D219" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-offices</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-advertising-rights</t>
         </is>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="inlineStr">
         <is>
-          <t>Agent Co-ordination - Renewables</t>
+          <t>Agent Co-ordination - Retail Warehouses</t>
         </is>
       </c>
       <c r="B220" t="inlineStr"/>
       <c r="C220" s="1" t="n">
-        <v>43453.70030092593</v>
+        <v>43453.70386574074</v>
       </c>
       <c r="D220" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-renewables</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-retail-warehouses</t>
         </is>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="inlineStr">
         <is>
-          <t>RSA Meeting - Birmingham - 12.1218</t>
+          <t>Agent Co-ordination - Leisure</t>
         </is>
       </c>
       <c r="B221" t="inlineStr"/>
       <c r="C221" s="1" t="n">
-        <v>43441.40614522985</v>
+        <v>43453.70356481482</v>
       </c>
       <c r="D221" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-meeting-birmingham-12-1218</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-leisure</t>
         </is>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="inlineStr">
         <is>
-          <t>Instructions for GPCR pages</t>
+          <t>Agent Co-ordination - Pubs</t>
         </is>
       </c>
       <c r="B222" t="inlineStr"/>
       <c r="C222" s="1" t="n">
-        <v>43440.39599537037</v>
+        <v>43453.70325231482</v>
       </c>
       <c r="D222" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/instructions-for-gpcr-pages</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-pubs</t>
         </is>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="inlineStr">
         <is>
-          <t>Trusted Helper Form</t>
+          <t>Agent Co-ordination - Offices</t>
         </is>
       </c>
       <c r="B223" t="inlineStr"/>
       <c r="C223" s="1" t="n">
-        <v>43437.71053970175</v>
+        <v>43453.70299768518</v>
       </c>
       <c r="D223" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/trusted-helper-form</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-offices</t>
         </is>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating Alteration of Lists England Regulations 2018</t>
+          <t>Agent Co-ordination - Renewables</t>
         </is>
       </c>
       <c r="B224" t="inlineStr"/>
       <c r="C224" s="1" t="n">
-        <v>43427.38437545763</v>
+        <v>43453.70030092593</v>
       </c>
       <c r="D224" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-england-regulations-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/agent-co-ordination-renewables</t>
         </is>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="inlineStr">
         <is>
-          <t>RSA Social London 22 November 2018</t>
+          <t>RSA Meeting - Birmingham - 12.1218</t>
         </is>
       </c>
       <c r="B225" t="inlineStr"/>
       <c r="C225" s="1" t="n">
-        <v>43410.67651355236</v>
+        <v>43441.40614522985</v>
       </c>
       <c r="D225" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-social-london-22-november-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-meeting-birmingham-12-1218</t>
         </is>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="inlineStr">
         <is>
-          <t>GPCR Renewable Properties</t>
+          <t>Instructions for GPCR pages</t>
         </is>
       </c>
       <c r="B226" t="inlineStr"/>
       <c r="C226" s="1" t="n">
-        <v>43409.6172337963</v>
+        <v>43440.39599537037</v>
       </c>
       <c r="D226" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-renewable-properties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/instructions-for-gpcr-pages</t>
         </is>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="inlineStr">
         <is>
-          <t>GPCR Office Properties</t>
+          <t>Trusted Helper Form</t>
         </is>
       </c>
       <c r="B227" t="inlineStr"/>
       <c r="C227" s="1" t="n">
-        <v>43409.60734953704</v>
+        <v>43437.71053970175</v>
       </c>
       <c r="D227" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/gpcr-office-properties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/trusted-helper-form</t>
         </is>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="inlineStr">
         <is>
-          <t>BRIL_4-2018</t>
+          <t>The Non-Domestic Rating Alteration of Lists England Regulations 2018</t>
         </is>
       </c>
       <c r="B228" t="inlineStr"/>
       <c r="C228" s="1" t="n">
-        <v>43409.48812268141</v>
+        <v>43427.38437545763</v>
       </c>
       <c r="D228" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-england-regulations-2018</t>
         </is>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="inlineStr">
         <is>
-          <t>Rating (Property in Common Occupation) and Council Tax (Empty Dwellings) Act 2018</t>
+          <t>RSA Social London 22 November 2018</t>
         </is>
       </c>
       <c r="B229" t="inlineStr"/>
       <c r="C229" s="1" t="n">
-        <v>43409.35739476638</v>
+        <v>43410.67651355236</v>
       </c>
       <c r="D229" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-property-in-common-occupation-and-council-tax-empty-dwellings-act-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-social-london-22-november-2018</t>
         </is>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="inlineStr">
         <is>
-          <t>RSA Lecture - Bristol - 7th Nov</t>
+          <t>GPCR Renewable Properties</t>
         </is>
       </c>
       <c r="B230" t="inlineStr"/>
       <c r="C230" s="1" t="n">
-        <v>43392.44054875977</v>
+        <v>43409.6172337963</v>
       </c>
       <c r="D230" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-bristol-7th-nov</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-renewable-properties</t>
         </is>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="inlineStr">
         <is>
-          <t>Changes to Empty Rates in Wales</t>
+          <t>GPCR Office Properties</t>
         </is>
       </c>
       <c r="B231" t="inlineStr"/>
       <c r="C231" s="1" t="n">
-        <v>43390.64083626067</v>
+        <v>43409.60734953704</v>
       </c>
       <c r="D231" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/changes-to-empty-rates-in-wales</t>
+          <t>https://ratingsurveyorsassociation.org/documents/gpcr-office-properties</t>
         </is>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="inlineStr">
         <is>
-          <t>RSA - Notice to Members - Subscriptions</t>
+          <t>BRIL_4-2018</t>
         </is>
       </c>
       <c r="B232" t="inlineStr"/>
       <c r="C232" s="1" t="n">
-        <v>43382.34427953362</v>
+        <v>43409.48812268141</v>
       </c>
       <c r="D232" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-notice-to-members-subscriptions</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril-4-2018</t>
         </is>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="inlineStr">
         <is>
-          <t>Rating Surveyors Association Rules (September 2018) (Final)</t>
+          <t>Rating (Property in Common Occupation) and Council Tax (Empty Dwellings) Act 2018</t>
         </is>
       </c>
       <c r="B233" t="inlineStr"/>
       <c r="C233" s="1" t="n">
-        <v>43382.34412852167</v>
+        <v>43409.35739476638</v>
       </c>
       <c r="D233" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-surveyors-association-rules-september-2018-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-property-in-common-occupation-and-council-tax-empty-dwellings-act-2018</t>
         </is>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner 2018 - 8th Nov 18 - Final</t>
+          <t>RSA Lecture - Bristol - 7th Nov</t>
         </is>
       </c>
       <c r="B234" t="inlineStr"/>
       <c r="C234" s="1" t="n">
-        <v>43354.43818191202</v>
+        <v>43392.44054875977</v>
       </c>
       <c r="D234" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2018-8th-nov-18-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-bristol-7th-nov</t>
         </is>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="inlineStr">
         <is>
-          <t>CPT - Expert Witness - Gardiner Theobald LLP v Jackson (VO) 2018</t>
+          <t>Changes to Empty Rates in Wales</t>
         </is>
       </c>
       <c r="B235" t="inlineStr"/>
       <c r="C235" s="1" t="n">
-        <v>43346.7023661953</v>
+        <v>43390.64083626067</v>
       </c>
       <c r="D235" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-gardiner-theobald-llp-v-jackson-vo-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/changes-to-empty-rates-in-wales</t>
         </is>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="inlineStr">
         <is>
-          <t>Mazars Draft Appeal Regs - 180823 NDR (Property in Common etc) Regulations 2018 v. 5 clean</t>
+          <t>RSA - Notice to Members - Subscriptions</t>
         </is>
       </c>
       <c r="B236" t="inlineStr"/>
       <c r="C236" s="1" t="n">
-        <v>43343.51394034291</v>
+        <v>43382.34427953362</v>
       </c>
       <c r="D236" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-appeal-regs-180823-ndr-property-in-common-etc-regulations-2018-v-5-clean</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-notice-to-members-subscriptions</t>
         </is>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Members</t>
+          <t>Rating Surveyors Association Rules (September 2018) (Final)</t>
         </is>
       </c>
       <c r="B237" t="inlineStr"/>
       <c r="C237" s="1" t="n">
-        <v>43343.45115740741</v>
+        <v>43382.34412852167</v>
       </c>
       <c r="D237" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-members</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-surveyors-association-rules-september-2018-final</t>
         </is>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Past Presidents</t>
+          <t>RSA Guest Dinner 2018 - 8th Nov 18 - Final</t>
         </is>
       </c>
       <c r="B238" t="inlineStr"/>
       <c r="C238" s="1" t="n">
-        <v>43343.45104166667</v>
+        <v>43354.43818191202</v>
       </c>
       <c r="D238" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-past-presidents</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2018-8th-nov-18-final</t>
         </is>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Treasurers</t>
+          <t>CPT - Expert Witness - Gardiner Theobald LLP v Jackson (VO) 2018</t>
         </is>
       </c>
       <c r="B239" t="inlineStr"/>
       <c r="C239" s="1" t="n">
-        <v>43343.45087962963</v>
+        <v>43346.7023661953</v>
       </c>
       <c r="D239" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-treasurers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-expert-witness-gardiner-theobald-llp-v-jackson-vo-2018</t>
         </is>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="inlineStr">
         <is>
-          <t>Roll of Honour of the Association - Hon Secretaries</t>
+          <t>Mazars Draft Appeal Regs - 180823 NDR (Property in Common etc) Regulations 2018 v. 5 clean</t>
         </is>
       </c>
       <c r="B240" t="inlineStr"/>
       <c r="C240" s="1" t="n">
-        <v>43343.45075231481</v>
+        <v>43343.51394034291</v>
       </c>
       <c r="D240" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-secretaries</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-appeal-regs-180823-ndr-property-in-common-etc-regulations-2018-v-5-clean</t>
         </is>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="inlineStr">
         <is>
-          <t>CCA - VOA Stats - August 2018</t>
+          <t>Roll of Honour of the Association - Hon Members</t>
         </is>
       </c>
       <c r="B241" t="inlineStr"/>
       <c r="C241" s="1" t="n">
-        <v>43334.33673805369</v>
+        <v>43343.45115740741</v>
       </c>
       <c r="D241" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cca-voa-stats-august-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-members</t>
         </is>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="inlineStr">
         <is>
-          <t>RSA Note - Guidance to Members on Appearance as Experts at Tribunal</t>
+          <t>Roll of Honour of the Association - Past Presidents</t>
         </is>
       </c>
       <c r="B242" t="inlineStr"/>
       <c r="C242" s="1" t="n">
-        <v>43325.63853289288</v>
+        <v>43343.45104166667</v>
       </c>
       <c r="D242" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-note-guidance-to-members-on-appearance-as-experts-at-tribunal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-past-presidents</t>
         </is>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018 (Penalties)</t>
+          <t>Roll of Honour of the Association - Hon Treasurers</t>
         </is>
       </c>
       <c r="B243" t="inlineStr"/>
       <c r="C243" s="1" t="n">
-        <v>43321.4338734265</v>
+        <v>43343.45087962963</v>
       </c>
       <c r="D243" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018-penalties</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-treasurers</t>
         </is>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018</t>
+          <t>Roll of Honour of the Association - Hon Secretaries</t>
         </is>
       </c>
       <c r="B244" t="inlineStr"/>
       <c r="C244" s="1" t="n">
-        <v>43317.48663334498</v>
+        <v>43343.45075231481</v>
       </c>
       <c r="D244" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/roll-of-honour-of-the-association-hon-secretaries</t>
         </is>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="inlineStr">
         <is>
-          <t>RDHC 2018 FINAL</t>
+          <t>CCA - VOA Stats - August 2018</t>
         </is>
       </c>
       <c r="B245" t="inlineStr"/>
       <c r="C245" s="1" t="n">
-        <v>43297.49662580182</v>
+        <v>43334.33673805369</v>
       </c>
       <c r="D245" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rdhc-2018-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cca-voa-stats-august-2018</t>
         </is>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="inlineStr">
         <is>
-          <t>Empty Rates - Principled v Trafford [2018] EWHC 1687 (Admin)</t>
+          <t>RSA Note - Guidance to Members on Appearance as Experts at Tribunal</t>
         </is>
       </c>
       <c r="B246" t="inlineStr"/>
       <c r="C246" s="1" t="n">
-        <v>43290.42773574377</v>
+        <v>43325.63853289288</v>
       </c>
       <c r="D246" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/empty-rates-principled-v-trafford-2018-ewhc-1687-admin</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-note-guidance-to-members-on-appearance-as-experts-at-tribunal</t>
         </is>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="inlineStr">
         <is>
-          <t>VOA_BARs_Submission_Standards</t>
+          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018 (Penalties)</t>
         </is>
       </c>
       <c r="B247" t="inlineStr"/>
       <c r="C247" s="1" t="n">
-        <v>43280.50388109367</v>
+        <v>43321.4338734265</v>
       </c>
       <c r="D247" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-bars-submission-standards</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018-penalties</t>
         </is>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="inlineStr">
         <is>
-          <t>Website Test Document</t>
+          <t>The Non-Domestic Rating (Alteration of Lists, Appeals and Procedure) England Amendement Regs 2018</t>
         </is>
       </c>
       <c r="B248" t="inlineStr"/>
       <c r="C248" s="1" t="n">
-        <v>43262.63386822114</v>
+        <v>43317.48663334498</v>
       </c>
       <c r="D248" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/website-test-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-appeals-and-procedure-england-amendement-regs-2018</t>
         </is>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="inlineStr">
         <is>
-          <t>Draft Non-Domestic Rating (Alteration of Lists and Appeals) (Engl...</t>
+          <t>RDHC 2018 FINAL</t>
         </is>
       </c>
       <c r="B249" t="inlineStr"/>
       <c r="C249" s="1" t="n">
-        <v>43258.3748617327</v>
+        <v>43297.49662580182</v>
       </c>
       <c r="D249" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/draft-non-domestic-rating-alteration-of-lists-and-appeals-engl</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rdhc-2018-final</t>
         </is>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="inlineStr">
         <is>
-          <t>Keeling Schedule Non-Domestic Rating (Alteration of Lists and App...</t>
+          <t>Empty Rates - Principled v Trafford [2018] EWHC 1687 (Admin)</t>
         </is>
       </c>
       <c r="B250" t="inlineStr"/>
       <c r="C250" s="1" t="n">
-        <v>43258.37468568098</v>
+        <v>43290.42773574377</v>
       </c>
       <c r="D250" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/keeling-schedule-non-domestic-rating-alteration-of-lists-and-app</t>
+          <t>https://ratingsurveyorsassociation.org/documents/empty-rates-principled-v-trafford-2018-ewhc-1687-admin</t>
         </is>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="inlineStr">
         <is>
-          <t>Mazars Draft Regulations letter</t>
+          <t>VOA_BARs_Submission_Standards</t>
         </is>
       </c>
       <c r="B251" t="inlineStr"/>
       <c r="C251" s="1" t="n">
-        <v>43258.37370843864</v>
+        <v>43280.50388109367</v>
       </c>
       <c r="D251" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-regulations-letter</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-bars-submission-standards</t>
         </is>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="inlineStr">
         <is>
-          <t>RSA Lectures  - Mazars Consultation part II - (London and Birmingham) June 2018</t>
+          <t>Website Test Document</t>
         </is>
       </c>
       <c r="B252" t="inlineStr"/>
       <c r="C252" s="1" t="n">
-        <v>43227.6008876125</v>
+        <v>43262.63386822114</v>
       </c>
       <c r="D252" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-mazars-consultation-part-ii-london-and-birmingham-june-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/website-test-document</t>
         </is>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="inlineStr">
         <is>
-          <t>2021 AVD</t>
+          <t>Draft Non-Domestic Rating (Alteration of Lists and Appeals) (Engl...</t>
         </is>
       </c>
       <c r="B253" t="inlineStr"/>
       <c r="C253" s="1" t="n">
-        <v>43227.55841719501</v>
+        <v>43258.3748617327</v>
       </c>
       <c r="D253" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2021-avd</t>
+          <t>https://ratingsurveyorsassociation.org/documents/draft-non-domestic-rating-alteration-of-lists-and-appeals-engl</t>
         </is>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="inlineStr">
         <is>
-          <t>Rating Diploma - Contrcators 2018 F2F session agenda</t>
+          <t>Keeling Schedule Non-Domestic Rating (Alteration of Lists and App...</t>
         </is>
       </c>
       <c r="B254" t="inlineStr"/>
       <c r="C254" s="1" t="n">
-        <v>43220.72055080302</v>
+        <v>43258.37468568098</v>
       </c>
       <c r="D254" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rating-diploma-contrcators-2018-f2f-session-agenda</t>
+          <t>https://ratingsurveyorsassociation.org/documents/keeling-schedule-non-domestic-rating-alteration-of-lists-and-app</t>
         </is>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="inlineStr">
         <is>
-          <t>House of lords 2018 revised</t>
+          <t>Mazars Draft Regulations letter</t>
         </is>
       </c>
       <c r="B255" t="inlineStr"/>
       <c r="C255" s="1" t="n">
-        <v>43220.64690747156</v>
+        <v>43258.37370843864</v>
       </c>
       <c r="D255" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-draft-regulations-letter</t>
         </is>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="inlineStr">
         <is>
-          <t>House of Lords 2018</t>
+          <t>RSA Lectures  - Mazars Consultation part II - (London and Birmingham) June 2018</t>
         </is>
       </c>
       <c r="B256" t="inlineStr"/>
       <c r="C256" s="1" t="n">
-        <v>43220.53898148148</v>
+        <v>43227.6008876125</v>
       </c>
       <c r="D256" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-mazars-consultation-part-ii-london-and-birmingham-june-2018</t>
         </is>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="inlineStr">
         <is>
-          <t>Anti avoidance consultation in Wales</t>
+          <t>2021 AVD</t>
         </is>
       </c>
       <c r="B257" t="inlineStr"/>
       <c r="C257" s="1" t="n">
-        <v>43208.49966498737</v>
+        <v>43227.55841719501</v>
       </c>
       <c r="D257" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/anti-avoidance-consultation-in-wales</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2021-avd</t>
         </is>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="inlineStr">
         <is>
-          <t>VT Consolidated Practice Statement - Apr 2018</t>
+          <t>Rating Diploma - Contrcators 2018 F2F session agenda</t>
         </is>
       </c>
       <c r="B258" t="inlineStr"/>
       <c r="C258" s="1" t="n">
-        <v>43187.53126660708</v>
+        <v>43220.72055080302</v>
       </c>
       <c r="D258" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/vt-consolidated-practice-statement-apr-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rating-diploma-contrcators-2018-f2f-session-agenda</t>
         </is>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="inlineStr">
         <is>
-          <t>Committee Elections 2018 - Ballot Papers - supporting docs</t>
+          <t>House of lords 2018 revised</t>
         </is>
       </c>
       <c r="B259" t="inlineStr"/>
       <c r="C259" s="1" t="n">
-        <v>43177.60395660761</v>
+        <v>43220.64690747156</v>
       </c>
       <c r="D259" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers-supporting-docs</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018-revised</t>
         </is>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="inlineStr">
         <is>
-          <t>Committee Elections 2018 - Ballot Papers</t>
+          <t>House of Lords 2018</t>
         </is>
       </c>
       <c r="B260" t="inlineStr"/>
       <c r="C260" s="1" t="n">
-        <v>43177.60383164072</v>
+        <v>43220.53898148148</v>
       </c>
       <c r="D260" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-lords-2018</t>
         </is>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="inlineStr">
         <is>
-          <t>RSA Consultation Response - Business rates in multi-occupied properties - Feb18</t>
+          <t>Anti avoidance consultation in Wales</t>
         </is>
       </c>
       <c r="B261" t="inlineStr"/>
       <c r="C261" s="1" t="n">
-        <v>43163.51113989668</v>
+        <v>43208.49966498737</v>
       </c>
       <c r="D261" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-consultation-response-business-rates-in-multi-occupied-properties-feb18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/anti-avoidance-consultation-in-wales</t>
         </is>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="inlineStr">
         <is>
-          <t>Landmark Chambers Conference 2018</t>
+          <t>VT Consolidated Practice Statement - Apr 2018</t>
         </is>
       </c>
       <c r="B262" t="inlineStr"/>
       <c r="C262" s="1" t="n">
-        <v>43152.5063542025</v>
+        <v>43187.53126660708</v>
       </c>
       <c r="D262" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/landmark-chambers-conference-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/vt-consolidated-practice-statement-apr-2018</t>
         </is>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="inlineStr">
         <is>
-          <t>RSA Members' Dinner April 2018</t>
+          <t>Committee Elections 2018 - Ballot Papers - supporting docs</t>
         </is>
       </c>
       <c r="B263" t="inlineStr"/>
       <c r="C263" s="1" t="n">
-        <v>43146.38010441321</v>
+        <v>43177.60395660761</v>
       </c>
       <c r="D263" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers-supporting-docs</t>
         </is>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="inlineStr">
         <is>
-          <t xml:space="preserve">Business Rates Information Letter (BRIL) 1/2018 </t>
+          <t>Committee Elections 2018 - Ballot Papers</t>
         </is>
       </c>
       <c r="B264" t="inlineStr"/>
       <c r="C264" s="1" t="n">
-        <v>43142.47775098804</v>
+        <v>43177.60383164072</v>
       </c>
       <c r="D264" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-information-letter-bril-1-2018</t>
+          <t>https://ratingsurveyorsassociation.org/documents/committee-elections-2018-ballot-papers</t>
         </is>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="inlineStr">
         <is>
-          <t>Valuation Tribunal Newsletter - Valuation in Practice No.47</t>
+          <t>RSA Consultation Response - Business rates in multi-occupied properties - Feb18</t>
         </is>
       </c>
       <c r="B265" t="inlineStr"/>
       <c r="C265" s="1" t="n">
-        <v>43136.46516952071</v>
+        <v>43163.51113989668</v>
       </c>
       <c r="D265" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-newsletter-valuation-in-practice-no-47</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-consultation-response-business-rates-in-multi-occupied-properties-feb18</t>
         </is>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="inlineStr">
         <is>
-          <t>SSB Scheme Guidance</t>
+          <t>Landmark Chambers Conference 2018</t>
         </is>
       </c>
       <c r="B266" t="inlineStr"/>
       <c r="C266" s="1" t="n">
-        <v>43134.42775737428</v>
+        <v>43152.5063542025</v>
       </c>
       <c r="D266" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ssb-scheme-guidance</t>
+          <t>https://ratingsurveyorsassociation.org/documents/landmark-chambers-conference-2018</t>
         </is>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="inlineStr">
         <is>
-          <t>uksc-2015-0069-press-summary</t>
+          <t>RSA Members' Dinner April 2018</t>
         </is>
       </c>
       <c r="B267" t="inlineStr"/>
       <c r="C267" s="1" t="n">
-        <v>43134.42775737428</v>
+        <v>43146.38010441321</v>
       </c>
       <c r="D267" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-2015-0069-press-summary</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-2018</t>
         </is>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="inlineStr">
         <is>
-          <t>Monk Decision - Members Update and Press Release</t>
+          <t xml:space="preserve">Business Rates Information Letter (BRIL) 1/2018 </t>
         </is>
       </c>
       <c r="B268" t="inlineStr"/>
       <c r="C268" s="1" t="n">
-        <v>43134.42775737428</v>
+        <v>43142.47775098804</v>
       </c>
       <c r="D268" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/monk-decision-members-update-and-press-release</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-information-letter-bril-1-2018</t>
         </is>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="inlineStr">
         <is>
-          <t>National Rating Day RSA</t>
+          <t>Valuation Tribunal Newsletter - Valuation in Practice No.47</t>
         </is>
       </c>
       <c r="B269" t="inlineStr"/>
       <c r="C269" s="1" t="n">
-        <v>43134.42775737428</v>
+        <v>43136.46516952071</v>
       </c>
       <c r="D269" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa</t>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-newsletter-valuation-in-practice-no-47</t>
         </is>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="inlineStr">
         <is>
-          <t>APC Feedback</t>
+          <t>uksc-2015-0069-press-summary</t>
         </is>
       </c>
       <c r="B270" t="inlineStr"/>
       <c r="C270" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D270" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/apc-feedback</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-2015-0069-press-summary</t>
         </is>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="inlineStr">
         <is>
-          <t xml:space="preserve">Welsh TR Consultation </t>
+          <t>Monk Decision - Members Update and Press Release</t>
         </is>
       </c>
       <c r="B271" t="inlineStr"/>
       <c r="C271" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D271" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/welsh-tr-consultation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/monk-decision-members-update-and-press-release</t>
         </is>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="inlineStr">
         <is>
-          <t>Discussion Document - Needs and Redistribution</t>
-[...6 lines deleted...]
-      </c>
+          <t>National Rating Day RSA</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr"/>
       <c r="C272" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D272" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/discussion-document-needs-and-redistribution</t>
+          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa</t>
         </is>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="inlineStr">
         <is>
-          <t>Consultation Document - Business Rates Retention</t>
-[...6 lines deleted...]
-      </c>
+          <t>APC Feedback</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr"/>
       <c r="C273" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D273" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/consultation-document-business-rates-retention</t>
+          <t>https://ratingsurveyorsassociation.org/documents/apc-feedback</t>
         </is>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="inlineStr">
         <is>
-          <t>RSA House of Lords 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t xml:space="preserve">Welsh TR Consultation </t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr"/>
       <c r="C274" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D274" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/welsh-tr-consultation</t>
         </is>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="inlineStr">
         <is>
-          <t>RSA Golf Flyer 2016 V5</t>
+          <t>Discussion Document - Needs and Redistribution</t>
         </is>
       </c>
       <c r="B275" t="inlineStr">
         <is>
-          <t>Inaugural Golf Day, 16th September 2016</t>
+          <t>Discussion Document - Needs and Redistribution</t>
         </is>
       </c>
       <c r="C275" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D275" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2016-v5</t>
+          <t>https://ratingsurveyorsassociation.org/documents/discussion-document-needs-and-redistribution</t>
         </is>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="inlineStr">
         <is>
-          <t>CPT National Rating Day 2017 - 17th May - New Flier</t>
-[...2 lines deleted...]
-      <c r="B276" t="inlineStr"/>
+          <t>Consultation Document - Business Rates Retention</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>Consultation Document - Business Rates Retention</t>
+        </is>
+      </c>
       <c r="C276" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D276" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2017-17th-may-new-flier</t>
+          <t>https://ratingsurveyorsassociation.org/documents/consultation-document-business-rates-retention</t>
         </is>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner</t>
-[...2 lines deleted...]
-      <c r="B277" t="inlineStr"/>
+          <t>RSA House of Lords 2016</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>RSA House of Lords 2016</t>
+        </is>
+      </c>
       <c r="C277" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D277" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-house-of-lords-2016</t>
         </is>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="inlineStr">
         <is>
-          <t>RSA special offer - CPT Rating Day</t>
-[...2 lines deleted...]
-      <c r="B278" t="inlineStr"/>
+          <t>RSA Golf Flyer 2016 V5</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>Inaugural Golf Day, 16th September 2016</t>
+        </is>
+      </c>
       <c r="C278" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D278" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-special-offer-cpt-rating-day</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2016-v5</t>
         </is>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="inlineStr">
         <is>
-          <t>Reeves Valuations for Beluga House</t>
-[...1 lines deleted...]
-      </c>
+          <t>CPT National Rating Day 2017 - 17th May - New Flier</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr"/>
       <c r="C279" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D279" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/reeves-valuations-for-beluga-house</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cpt-national-rating-day-2017-17th-may-new-flier</t>
         </is>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="inlineStr">
         <is>
-          <t>Member Application Details Current</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA Guest Dinner</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr"/>
       <c r="C280" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D280" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/member-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner</t>
         </is>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="inlineStr">
         <is>
-          <t>Junior Application Details Current</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA special offer - CPT Rating Day</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr"/>
       <c r="C281" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D281" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/junior-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-special-offer-cpt-rating-day</t>
         </is>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="inlineStr">
         <is>
-          <t>Affiliate Application Details Current</t>
+          <t>Reeves Valuations for Beluga House</t>
         </is>
       </c>
       <c r="C282" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D282" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/affiliate-application-details-current</t>
+          <t>https://ratingsurveyorsassociation.org/documents/reeves-valuations-for-beluga-house</t>
         </is>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="inlineStr">
         <is>
-          <t>RSA - Dates for your diary 2017</t>
-[...2 lines deleted...]
-      <c r="B283" t="inlineStr"/>
+          <t>Member Application Details Current</t>
+        </is>
+      </c>
       <c r="C283" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D283" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-dates-for-your-diary-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/member-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regs 2016</t>
-[...2 lines deleted...]
-      <c r="B284" t="inlineStr"/>
+          <t>Junior Application Details Current</t>
+        </is>
+      </c>
       <c r="C284" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D284" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regs-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/junior-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="inlineStr">
         <is>
-          <t>Revised Welsh TR Consultation Document</t>
-[...2 lines deleted...]
-      <c r="B285" t="inlineStr"/>
+          <t>Affiliate Application Details Current</t>
+        </is>
+      </c>
       <c r="C285" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D285" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/revised-welsh-tr-consultation-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/affiliate-application-details-current</t>
         </is>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="inlineStr">
         <is>
-          <t>UKSC 2013-0117-judgment (Mazars)</t>
+          <t>RSA - Dates for your diary 2017</t>
         </is>
       </c>
       <c r="B286" t="inlineStr"/>
       <c r="C286" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D286" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/uksc-2013-0117-judgment-mazars</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-dates-for-your-diary-2017</t>
         </is>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="inlineStr">
         <is>
-          <t>RSA Marketing Code of Conduct</t>
-[...1 lines deleted...]
-      </c>
+          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regs 2016</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr"/>
       <c r="C287" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D287" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-marketing-code-of-conduct</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regs-2016</t>
         </is>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="inlineStr">
         <is>
-          <t>RSA Disciplinary Rules</t>
-[...1 lines deleted...]
-      </c>
+          <t>Revised Welsh TR Consultation Document</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr"/>
       <c r="C288" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D288" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-disciplinary-rules</t>
+          <t>https://ratingsurveyorsassociation.org/documents/revised-welsh-tr-consultation-document</t>
         </is>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="inlineStr">
         <is>
-          <t>Government Transitional Relief Consultation Document</t>
+          <t>UKSC 2013-0117-judgment (Mazars)</t>
         </is>
       </c>
       <c r="B289" t="inlineStr"/>
       <c r="C289" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D289" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/government-transitional-relief-consultation-document</t>
+          <t>https://ratingsurveyorsassociation.org/documents/uksc-2013-0117-judgment-mazars</t>
         </is>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="inlineStr">
         <is>
-          <t>RSA Members Dinner - HMS Flyer Final</t>
-[...4 lines deleted...]
-          <t>RSA Members Dinner - HMS Flyer Final</t>
+          <t>RSA Marketing Code of Conduct</t>
         </is>
       </c>
       <c r="C290" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D290" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-hms-flyer-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-marketing-code-of-conduct</t>
         </is>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="inlineStr">
         <is>
-          <t>RSA Committee Elections 2017 - Supporting Papers</t>
-[...2 lines deleted...]
-      <c r="B291" t="inlineStr"/>
+          <t>RSA Disciplinary Rules</t>
+        </is>
+      </c>
       <c r="C291" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D291" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-supporting-papers</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-disciplinary-rules</t>
         </is>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="inlineStr">
         <is>
-          <t>RSA Committee Elections 2017 - Ballot Paper</t>
+          <t>Government Transitional Relief Consultation Document</t>
         </is>
       </c>
       <c r="B292" t="inlineStr"/>
       <c r="C292" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D292" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-ballot-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/government-transitional-relief-consultation-document</t>
         </is>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2017 - HMS Belfast compressed</t>
+          <t>RSA Members Dinner - HMS Flyer Final</t>
         </is>
       </c>
       <c r="B293" t="inlineStr">
         <is>
-          <t>RSA Members' Dinner - compressed file</t>
+          <t>RSA Members Dinner - HMS Flyer Final</t>
         </is>
       </c>
       <c r="C293" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D293" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast-compressed</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-hms-flyer-final</t>
         </is>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Members Dinner 2017 - HMS Belfast </t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Committee Elections 2017 - Supporting Papers</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr"/>
       <c r="C294" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D294" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-supporting-papers</t>
         </is>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="inlineStr">
         <is>
-          <t>RICS Rating Conference 2018 - Programme</t>
+          <t>RSA Committee Elections 2017 - Ballot Paper</t>
         </is>
       </c>
       <c r="B295" t="inlineStr"/>
       <c r="C295" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D295" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-conference-2018-programme</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-committee-elections-2017-ballot-paper</t>
         </is>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="inlineStr">
         <is>
-          <t>22646 RICS Rating Conference 2018-03 FINAL</t>
-[...2 lines deleted...]
-      <c r="B296" t="inlineStr"/>
+          <t>RSA Members Dinner 2017 - HMS Belfast compressed</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>RSA Members' Dinner - compressed file</t>
+        </is>
+      </c>
       <c r="C296" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D296" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/22646-rics-rating-conference-2018-03-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast-compressed</t>
         </is>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Lectures (Birmingham 18 1 18) </t>
-[...2 lines deleted...]
-      <c r="B297" t="inlineStr"/>
+          <t xml:space="preserve">RSA Members Dinner 2017 - HMS Belfast </t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>Flyer for Members Dinner 2017</t>
+        </is>
+      </c>
       <c r="C297" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D297" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-birmingham-18-1-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2017-hms-belfast</t>
         </is>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="inlineStr">
         <is>
-          <t>Case Report - Mr Peter McCrea (59374290v1 Legal)</t>
+          <t>RICS Rating Conference 2018 - Programme</t>
         </is>
       </c>
       <c r="B298" t="inlineStr"/>
       <c r="C298" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D298" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/case-report-mr-peter-mccrea-59374290v1-legal</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-conference-2018-programme</t>
         </is>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Business rates 2017 Reval</t>
+          <t>22646 RICS Rating Conference 2018-03 FINAL</t>
         </is>
       </c>
       <c r="B299" t="inlineStr"/>
       <c r="C299" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D299" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-2017-reval</t>
+          <t>https://ratingsurveyorsassociation.org/documents/22646-rics-rating-conference-2018-03-final</t>
         </is>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="inlineStr">
         <is>
-          <t xml:space="preserve">RSA Lectures (London 15 1 18) </t>
+          <t xml:space="preserve">RSA Lectures (Birmingham 18 1 18) </t>
         </is>
       </c>
       <c r="B300" t="inlineStr"/>
       <c r="C300" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D300" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-15-1-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-birmingham-18-1-18</t>
         </is>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="inlineStr">
         <is>
-          <t xml:space="preserve">Mazars - Government con doc dec17 </t>
+          <t>Case Report - Mr Peter McCrea (59374290v1 Legal)</t>
         </is>
       </c>
       <c r="B301" t="inlineStr"/>
       <c r="C301" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D301" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mazars-government-con-doc-dec17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/case-report-mr-peter-mccrea-59374290v1-legal</t>
         </is>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="inlineStr">
         <is>
-          <t>2017 - Scottish Relief Scheme expanatory note</t>
-[...6 lines deleted...]
-      </c>
+          <t>House of Commons Briefing Paper - Business rates 2017 Reval</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr"/>
       <c r="C302" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D302" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-scottish-relief-scheme-expanatory-note</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-2017-reval</t>
         </is>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rates (Transitional Relief) (Scotland) Regulations 2017 No 85</t>
+          <t xml:space="preserve">RSA Lectures (London 15 1 18) </t>
         </is>
       </c>
       <c r="B303" t="inlineStr"/>
       <c r="C303" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D303" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-transitional-relief-scotland-regulations-2017-no-85</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-15-1-18</t>
         </is>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="inlineStr">
         <is>
-          <t>National Rating Day RSA revised</t>
+          <t xml:space="preserve">Mazars - Government con doc dec17 </t>
         </is>
       </c>
       <c r="B304" t="inlineStr"/>
       <c r="C304" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D304" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mazars-government-con-doc-dec17</t>
         </is>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="inlineStr">
         <is>
-          <t>Revised Practice Note on Disrepair and Rating Post SC</t>
-[...2 lines deleted...]
-      <c r="B305" t="inlineStr"/>
+          <t>2017 - Scottish Relief Scheme expanatory note</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>2017 - Scottish Relief Scheme expanatory note</t>
+        </is>
+      </c>
       <c r="C305" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D305" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/revised-practice-note-on-disrepair-and-rating-post-sc</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-scottish-relief-scheme-expanatory-note</t>
         </is>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="inlineStr">
         <is>
-          <t>RSA HOP Flyer 2017_2 Version small</t>
+          <t>The Non-Domestic Rates (Transitional Relief) (Scotland) Regulations 2017 No 85</t>
         </is>
       </c>
       <c r="B306" t="inlineStr"/>
       <c r="C306" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D306" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-hop-flyer-20172-version-small</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rates-transitional-relief-scotland-regulations-2017-no-85</t>
         </is>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="inlineStr">
         <is>
-          <t>Business Rates Budget 17 Schemes (SSB)</t>
+          <t>National Rating Day RSA revised</t>
         </is>
       </c>
       <c r="B307" t="inlineStr"/>
       <c r="C307" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D307" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-budget-17-schemes-ssb</t>
+          <t>https://ratingsurveyorsassociation.org/documents/national-rating-day-rsa-revised</t>
         </is>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="inlineStr">
         <is>
-          <t>RSA Lectures (London 5 7 17) Final</t>
+          <t>Revised Practice Note on Disrepair and Rating Post SC</t>
         </is>
       </c>
       <c r="B308" t="inlineStr"/>
       <c r="C308" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D308" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-5-7-17-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/revised-practice-note-on-disrepair-and-rating-post-sc</t>
         </is>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="inlineStr">
         <is>
-          <t>Bond and Brown - 4th edition flyer</t>
+          <t>RSA HOP Flyer 2017_2 Version small</t>
         </is>
       </c>
       <c r="B309" t="inlineStr"/>
       <c r="C309" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D309" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bond-and-brown-4th-edition-flyer</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-hop-flyer-20172-version-small</t>
         </is>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="inlineStr">
         <is>
-          <t>VOA_Business_Plan_2017_to_2019</t>
+          <t>Business Rates Budget 17 Schemes (SSB)</t>
         </is>
       </c>
       <c r="B310" t="inlineStr"/>
       <c r="C310" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D310" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voabusinessplan2017to2019</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-budget-17-schemes-ssb</t>
         </is>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="inlineStr">
         <is>
-          <t>The Barclay Report - Recommendations 22-8-17</t>
+          <t>RSA Lectures (London 5 7 17) Final</t>
         </is>
       </c>
       <c r="B311" t="inlineStr"/>
       <c r="C311" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D311" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-barclay-report-recommendations-22-8-17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lectures-london-5-7-17-final</t>
         </is>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="inlineStr">
         <is>
-          <t>RSA Guest Dinner Flyer Nov 2017</t>
+          <t>SSB Scheme Guidance</t>
         </is>
       </c>
       <c r="B312" t="inlineStr"/>
       <c r="C312" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D312" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-flyer-nov-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ssb-scheme-guidance</t>
         </is>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="inlineStr">
         <is>
-          <t>RSA Lecture Series - 10th October 2017</t>
+          <t>Bond and Brown - 4th edition flyer</t>
         </is>
       </c>
       <c r="B313" t="inlineStr"/>
       <c r="C313" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D313" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-series-10th-october-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bond-and-brown-4th-edition-flyer</t>
         </is>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="inlineStr">
         <is>
-          <t>2017 RSA Town Committees</t>
+          <t>VOA_Business_Plan_2017_to_2019</t>
         </is>
       </c>
       <c r="B314" t="inlineStr"/>
       <c r="C314" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D314" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/2017-rsa-town-committees</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voabusinessplan2017to2019</t>
         </is>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="inlineStr">
         <is>
-          <t>VOA &amp; Agent Interaction with VT (London Focussed)</t>
+          <t>The Barclay Report - Recommendations 22-8-17</t>
         </is>
       </c>
       <c r="B315" t="inlineStr"/>
       <c r="C315" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D315" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-agent-interaction-with-vt-london-focussed</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-barclay-report-recommendations-22-8-17</t>
         </is>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Reviewing and reforming business rates</t>
+          <t>RSA Guest Dinner Flyer Nov 2017</t>
         </is>
       </c>
       <c r="B316" t="inlineStr"/>
       <c r="C316" s="1" t="n">
         <v>43134.42775737428</v>
       </c>
       <c r="D316" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-reviewing-and-reforming-business-rates</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-flyer-nov-2017</t>
         </is>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="inlineStr">
         <is>
-          <t>JPIRVF - The Contractors Basis of valuation for rating purposes - 2nd edition - PGguidance 2017</t>
+          <t>RSA Lecture Series - 10th October 2017</t>
         </is>
       </c>
       <c r="B317" t="inlineStr"/>
       <c r="C317" s="1" t="n">
-        <v>42948.56474662077</v>
+        <v>43134.42775737428</v>
       </c>
       <c r="D317" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/jpirvf-the-contractors-basis-of-valuation-for-rating-purposes-2nd-edition-pgguidance-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-lecture-series-10th-october-2017</t>
         </is>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="inlineStr">
         <is>
-          <t>BRIL_4-2017_Spring_Budget_update</t>
+          <t>2017 RSA Town Committees</t>
         </is>
       </c>
       <c r="B318" t="inlineStr"/>
       <c r="C318" s="1" t="n">
-        <v>42907.58857638889</v>
+        <v>43134.42775737428</v>
       </c>
       <c r="D318" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril4-2017springbudgetupdate</t>
+          <t>https://ratingsurveyorsassociation.org/documents/2017-rsa-town-committees</t>
         </is>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="inlineStr">
         <is>
-          <t>RSA HoL Flyer 2017 - Final</t>
+          <t>VOA &amp; Agent Interaction with VT (London Focussed)</t>
         </is>
       </c>
       <c r="B319" t="inlineStr"/>
       <c r="C319" s="1" t="n">
-        <v>42859.41672453703</v>
+        <v>43134.42775737428</v>
       </c>
       <c r="D319" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-hol-flyer-2017-final</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-agent-interaction-with-vt-london-focussed</t>
         </is>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="inlineStr">
         <is>
-          <t>Rating_consultancy_4th_edition_PGguidance_2017</t>
+          <t>House of Commons Briefing Paper - Reviewing and reforming business rates</t>
         </is>
       </c>
       <c r="B320" t="inlineStr"/>
       <c r="C320" s="1" t="n">
-        <v>42852.7156595173</v>
+        <v>43134.42775737428</v>
       </c>
       <c r="D320" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy4theditionpgguidance2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-reviewing-and-reforming-business-rates</t>
         </is>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="inlineStr">
         <is>
-          <t>Rating_consultancy_3rd_ed_April_2010</t>
+          <t>JPIRVF - The Contractors Basis of valuation for rating purposes - 2nd edition - PGguidance 2017</t>
         </is>
       </c>
       <c r="B321" t="inlineStr"/>
       <c r="C321" s="1" t="n">
-        <v>42850.63491898148</v>
+        <v>42948.56474662077</v>
       </c>
       <c r="D321" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy3rdedapril2010</t>
+          <t>https://ratingsurveyorsassociation.org/documents/jpirvf-the-contractors-basis-of-valuation-for-rating-purposes-2nd-edition-pgguidance-2017</t>
         </is>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="inlineStr">
         <is>
-          <t>Rating_appeals_4th_edition_PGguidance_2017</t>
+          <t>BRIL_4-2017_Spring_Budget_update</t>
         </is>
       </c>
       <c r="B322" t="inlineStr"/>
       <c r="C322" s="1" t="n">
-        <v>42850.63179398148</v>
+        <v>42907.58857638889</v>
       </c>
       <c r="D322" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ratingappeals4theditionpgguidance2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril4-2017springbudgetupdate</t>
         </is>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="inlineStr">
         <is>
-          <t>RSA Golf Flyer 2017</t>
+          <t>RSA HoL Flyer 2017 - Final</t>
         </is>
       </c>
       <c r="B323" t="inlineStr"/>
       <c r="C323" s="1" t="n">
-        <v>42822.44674871497</v>
+        <v>42859.41672453703</v>
       </c>
       <c r="D323" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-hol-flyer-2017-final</t>
         </is>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="inlineStr">
         <is>
-          <t>RSA Signed Accounts to Dec 2016</t>
+          <t>Rating_consultancy_4th_edition_PGguidance_2017</t>
         </is>
       </c>
       <c r="B324" t="inlineStr"/>
       <c r="C324" s="1" t="n">
-        <v>42822.34149305556</v>
+        <v>42852.7156595173</v>
       </c>
       <c r="D324" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy4theditionpgguidance2017</t>
         </is>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="inlineStr">
         <is>
-          <t>Valuation Tribunal for England (Council Tax and Rating Appeals) (Procedure) (Amendment) Regulations 2017 SI 2017 No 156</t>
+          <t>Rating_consultancy_3rd_ed_April_2010</t>
         </is>
       </c>
       <c r="B325" t="inlineStr"/>
       <c r="C325" s="1" t="n">
-        <v>42814.7450925926</v>
+        <v>42850.63491898148</v>
       </c>
       <c r="D325" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-council-tax-and-rating-appeals-procedure-amendment-regulations-2017-si-2017-no-156</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingconsultancy3rdedapril2010</t>
         </is>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="inlineStr">
         <is>
-          <t>Final Consolidated Practice Statement VTE 2017</t>
+          <t>Rating_appeals_4th_edition_PGguidance_2017</t>
         </is>
       </c>
       <c r="B326" t="inlineStr"/>
       <c r="C326" s="1" t="n">
-        <v>42814.59171628999</v>
+        <v>42850.63179398148</v>
       </c>
       <c r="D326" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/final-consolidated-practice-statement-vte-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ratingappeals4theditionpgguidance2017</t>
         </is>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations SI No 155 - 2017</t>
+          <t>RSA Golf Flyer 2017</t>
         </is>
       </c>
       <c r="B327" t="inlineStr"/>
       <c r="C327" s="1" t="n">
-        <v>42813.59623435893</v>
+        <v>42822.44674871497</v>
       </c>
       <c r="D327" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-si-no-155-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-golf-flyer-2017</t>
         </is>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="inlineStr">
         <is>
-          <t>Shaping the professionals of the future - RICS Response on APC changes</t>
+          <t>RSA Signed Accounts to Dec 2016</t>
         </is>
       </c>
       <c r="B328" t="inlineStr"/>
       <c r="C328" s="1" t="n">
-        <v>42807.57623842593</v>
+        <v>42822.34149305556</v>
       </c>
       <c r="D328" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/shaping-the-professionals-of-the-future-rics-response-on-apc-changes</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-signed-accounts-to-dec-2016</t>
         </is>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="inlineStr">
         <is>
-          <t>CCA - what it means to Occupiers and Landlords</t>
+          <t>Valuation Tribunal for England (Council Tax and Rating Appeals) (Procedure) (Amendment) Regulations 2017 SI 2017 No 156</t>
         </is>
       </c>
       <c r="B329" t="inlineStr"/>
       <c r="C329" s="1" t="n">
-        <v>42803.34756297444</v>
+        <v>42814.7450925926</v>
       </c>
       <c r="D329" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/cca-what-it-means-to-occupiers-and-landlords</t>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-council-tax-and-rating-appeals-procedure-amendment-regulations-2017-si-2017-no-156</t>
         </is>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="inlineStr">
         <is>
-          <t>RICS Rating Diploma Conference Sept 17</t>
+          <t>Final Consolidated Practice Statement VTE 2017</t>
         </is>
       </c>
       <c r="B330" t="inlineStr"/>
       <c r="C330" s="1" t="n">
-        <v>42753.44446759259</v>
+        <v>42814.59171628999</v>
       </c>
       <c r="D330" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-sept-17</t>
+          <t>https://ratingsurveyorsassociation.org/documents/final-consolidated-practice-statement-vte-2017</t>
         </is>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="inlineStr">
         <is>
-          <t>Letter regarding Local Government Finance Bill</t>
+          <t>The Non-Domestic Rating (Alteration of Lists and Appeals) (England) (Amendment) Regulations SI No 155 - 2017</t>
         </is>
       </c>
       <c r="B331" t="inlineStr"/>
       <c r="C331" s="1" t="n">
-        <v>42751.77744212963</v>
+        <v>42813.59623435893</v>
       </c>
       <c r="D331" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/letter-regarding-local-government-finance-bill</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-alteration-of-lists-and-appeals-england-amendment-regulations-si-no-155-2017</t>
         </is>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="inlineStr">
         <is>
-          <t>NDR 2010 List VT Clearance Stats Q1 &amp; Q2 2016</t>
+          <t>Shaping the professionals of the future - RICS Response on APC changes</t>
         </is>
       </c>
       <c r="B332" t="inlineStr"/>
       <c r="C332" s="1" t="n">
-        <v>42712.39172284942</v>
+        <v>42807.57623842593</v>
       </c>
       <c r="D332" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/ndr-2010-list-vt-clearance-stats-q1-q2-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/shaping-the-professionals-of-the-future-rics-response-on-apc-changes</t>
         </is>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="inlineStr">
         <is>
-          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regulations 2016</t>
+          <t>CCA - what it means to Occupiers and Landlords</t>
         </is>
       </c>
       <c r="B333" t="inlineStr"/>
       <c r="C333" s="1" t="n">
-        <v>42698.55362268518</v>
+        <v>42803.34756297444</v>
       </c>
       <c r="D333" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regulations-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/cca-what-it-means-to-occupiers-and-landlords</t>
         </is>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="inlineStr">
         <is>
-          <t>RSA OGM Minutes - 05 November 2015</t>
+          <t>RICS Rating Diploma Conference Sept 17</t>
         </is>
       </c>
       <c r="B334" t="inlineStr"/>
       <c r="C334" s="1" t="n">
-        <v>42677.38329861111</v>
+        <v>42753.44446759259</v>
       </c>
       <c r="D334" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-ogm-minutes-05-november-2015</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rics-rating-diploma-conference-sept-17</t>
         </is>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="inlineStr">
         <is>
-          <t>VOA Business Plan 2016-18</t>
+          <t>Letter regarding Local Government Finance Bill</t>
         </is>
       </c>
       <c r="B335" t="inlineStr"/>
       <c r="C335" s="1" t="n">
-        <v>42676.40084490741</v>
+        <v>42751.77744212963</v>
       </c>
       <c r="D335" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/voa-business-plan-2016-18</t>
+          <t>https://ratingsurveyorsassociation.org/documents/letter-regarding-local-government-finance-bill</t>
         </is>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="inlineStr">
         <is>
-          <t>House of Commons Briefing Paper - Business Rates- the 2017</t>
+          <t>NDR 2010 List VT Clearance Stats Q1 &amp; Q2 2016</t>
         </is>
       </c>
       <c r="B336" t="inlineStr"/>
       <c r="C336" s="1" t="n">
-        <v>42659.91945483558</v>
+        <v>42712.39172284942</v>
       </c>
       <c r="D336" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-the-2017</t>
+          <t>https://ratingsurveyorsassociation.org/documents/ndr-2010-list-vt-clearance-stats-q1-q2-2016</t>
         </is>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="inlineStr">
         <is>
-          <t>RSA Check Challenge Appeal Response - Oct 2016</t>
+          <t>The Non-Domestic Rating (Chargeable Amounts) (England) Regulations 2016</t>
         </is>
       </c>
       <c r="B337" t="inlineStr"/>
       <c r="C337" s="1" t="n">
-        <v>42654.7859375</v>
+        <v>42698.55362268518</v>
       </c>
       <c r="D337" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-check-challenge-appeal-response-oct-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/the-non-domestic-rating-chargeable-amounts-england-regulations-2016</t>
         </is>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="inlineStr">
         <is>
-          <t>Check, challenge, appeal: reforming business rates appeals - consultation on statutory implementation</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA OGM Minutes - 05 November 2015</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr"/>
       <c r="C338" s="1" t="n">
-        <v>42598.56056712963</v>
+        <v>42677.38329861111</v>
       </c>
       <c r="D338" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/check-challenge-appeal-reforming-business-rates-appeals-consultation-on-statutory-implementation</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-ogm-minutes-05-november-2015</t>
         </is>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="inlineStr">
         <is>
-          <t>RSA response to consultation on frequency of valuations</t>
+          <t>VOA Business Plan 2016-18</t>
         </is>
       </c>
       <c r="B339" t="inlineStr"/>
       <c r="C339" s="1" t="n">
-        <v>42569.41087962963</v>
+        <v>42676.40084490741</v>
       </c>
       <c r="D339" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-consultation-on-frequency-of-valuations</t>
+          <t>https://ratingsurveyorsassociation.org/documents/voa-business-plan-2016-18</t>
         </is>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="inlineStr">
         <is>
-          <t>Reforming_Business_Rates_Appeal_Summary_of_Responses</t>
-[...6 lines deleted...]
-      </c>
+          <t>House of Commons Briefing Paper - Business Rates- the 2017</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr"/>
       <c r="C340" s="1" t="n">
-        <v>42557.74689814815</v>
+        <v>42659.91945483558</v>
       </c>
       <c r="D340" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/reformingbusinessratesappealsummaryofresponses</t>
+          <t>https://ratingsurveyorsassociation.org/documents/house-of-commons-briefing-paper-business-rates-the-2017</t>
         </is>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="inlineStr">
         <is>
-          <t>Reforming Business Rates Appeal - Government Response</t>
-[...6 lines deleted...]
-      </c>
+          <t>RSA Check Challenge Appeal Response - Oct 2016</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr"/>
       <c r="C341" s="1" t="n">
-        <v>42557.74689814815</v>
+        <v>42654.7859375</v>
       </c>
       <c r="D341" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/reforming-business-rates-appeal-government-response</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-check-challenge-appeal-response-oct-2016</t>
         </is>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="inlineStr">
         <is>
-          <t>Business rates - BRIEFING PAPER</t>
+          <t>Check, challenge, appeal: reforming business rates appeals - consultation on statutory implementation</t>
         </is>
       </c>
       <c r="B342" t="inlineStr">
         <is>
-          <t>An interesting summary of the how things currently stand.</t>
+          <t>Consultation Document - CCA consultation on statutory implementation</t>
         </is>
       </c>
       <c r="C342" s="1" t="n">
-        <v>42493.78077965774</v>
+        <v>42598.56056712963</v>
       </c>
       <c r="D342" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/business-rates-briefing-paper</t>
+          <t>https://ratingsurveyorsassociation.org/documents/check-challenge-appeal-reforming-business-rates-appeals-consultation-on-statutory-implementation</t>
         </is>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="inlineStr">
         <is>
-          <t>Honorary Treasurers of the Association</t>
+          <t>RSA response to consultation on frequency of valuations</t>
         </is>
       </c>
       <c r="B343" t="inlineStr"/>
       <c r="C343" s="1" t="n">
-        <v>42488.01766203704</v>
+        <v>42569.41087962963</v>
       </c>
       <c r="D343" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/honorary-treasurers-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-response-to-consultation-on-frequency-of-valuations</t>
         </is>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="inlineStr">
         <is>
-          <t>Honorary Secretaries of the Association</t>
-[...2 lines deleted...]
-      <c r="B344" t="inlineStr"/>
+          <t>Reforming_Business_Rates_Appeal_Summary_of_Responses</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>Reforming Business Rates Appeal -Summary of Responses</t>
+        </is>
+      </c>
       <c r="C344" s="1" t="n">
-        <v>42488.01627314815</v>
+        <v>42557.74689814815</v>
       </c>
       <c r="D344" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/honorary-secretaries-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/reformingbusinessratesappealsummaryofresponses</t>
         </is>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="inlineStr">
         <is>
-          <t>Mess Secretaries of the Association</t>
-[...2 lines deleted...]
-      <c r="B345" t="inlineStr"/>
+          <t>Reforming Business Rates Appeal - Government Response</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>Reforming Business Rates Appeal - Government Response</t>
+        </is>
+      </c>
       <c r="C345" s="1" t="n">
-        <v>42488.01439814815</v>
+        <v>42557.74689814815</v>
       </c>
       <c r="D345" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/mess-secretaries-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/reforming-business-rates-appeal-government-response</t>
         </is>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="inlineStr">
         <is>
-          <t>Current Honorary Members of the Association</t>
-[...2 lines deleted...]
-      <c r="B346" t="inlineStr"/>
+          <t>Business rates - BRIEFING PAPER</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>An interesting summary of the how things currently stand.</t>
+        </is>
+      </c>
       <c r="C346" s="1" t="n">
-        <v>42488.0128587963</v>
+        <v>42493.78077965774</v>
       </c>
       <c r="D346" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/current-honorary-members-of-the-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/business-rates-briefing-paper</t>
         </is>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="inlineStr">
         <is>
-          <t>Presidents of the Rating Surveyors' Association</t>
+          <t>Honorary Treasurers of the Association</t>
         </is>
       </c>
       <c r="B347" t="inlineStr"/>
       <c r="C347" s="1" t="n">
-        <v>42488.00581018518</v>
+        <v>42488.01766203704</v>
       </c>
       <c r="D347" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/presidents-of-the-rating-surveyors-association</t>
+          <t>https://ratingsurveyorsassociation.org/documents/honorary-treasurers-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="inlineStr">
         <is>
-          <t>Pre-Order Form RSA Members Dinner 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t>Honorary Secretaries of the Association</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr"/>
       <c r="C348" s="1" t="n">
-        <v>42487.77083333334</v>
+        <v>42488.01627314815</v>
       </c>
       <c r="D348" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pre-order-form-rsa-members-dinner-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/honorary-secretaries-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="inlineStr">
         <is>
-          <t>RSA Members Dinner 2016</t>
-[...6 lines deleted...]
-      </c>
+          <t>Mess Secretaries of the Association</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr"/>
       <c r="C349" s="1" t="n">
-        <v>42487.77083333334</v>
+        <v>42488.01439814815</v>
       </c>
       <c r="D349" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2016</t>
+          <t>https://ratingsurveyorsassociation.org/documents/mess-secretaries-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="inlineStr">
         <is>
-          <t>RSA Guest dinner 2016 flyer revised</t>
+          <t>Current Honorary Members of the Association</t>
         </is>
       </c>
       <c r="B350" t="inlineStr"/>
       <c r="C350" s="1" t="n">
-        <v>42482.62291666667</v>
+        <v>42488.0128587963</v>
       </c>
       <c r="D350" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2016-flyer-revised</t>
+          <t>https://ratingsurveyorsassociation.org/documents/current-honorary-members-of-the-association</t>
         </is>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="inlineStr">
         <is>
-          <t>PGN 4 - NDR Appeals Failure by the parties to agree areas</t>
-[...1 lines deleted...]
-      </c>
+          <t>Presidents of the Rating Surveyors' Association</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr"/>
       <c r="C351" s="1" t="n">
-        <v>42178.5</v>
+        <v>42488.00581018518</v>
       </c>
       <c r="D351" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pgn-4-ndr-appeals-failure-by-the-parties-to-agree-areas</t>
+          <t>https://ratingsurveyorsassociation.org/documents/presidents-of-the-rating-surveyors-association</t>
         </is>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="inlineStr">
         <is>
-          <t>Tribunals, Courts and Enforcement Act Iceland Food Stores</t>
+          <t>Pre-Order Form RSA Members Dinner 2016</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>Pre-Order Form for Additional Drinks</t>
         </is>
       </c>
       <c r="C352" s="1" t="n">
-        <v>42178.5</v>
+        <v>42487.77083333334</v>
       </c>
       <c r="D352" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/tribunals-courts-and-enforcement-act-iceland-food-stores</t>
+          <t>https://ratingsurveyorsassociation.org/documents/pre-order-form-rsa-members-dinner-2016</t>
         </is>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="inlineStr">
         <is>
-          <t>RSA Rules February 2022</t>
-[...2 lines deleted...]
-      <c r="B353" t="inlineStr"/>
+          <t>RSA Members Dinner 2016</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>Churchill War Rooms, Clive Steps, King Charles St. London. SW1A 2AQ</t>
+        </is>
+      </c>
       <c r="C353" s="1" t="n">
-        <v>42178.5</v>
+        <v>42487.77083333334</v>
       </c>
       <c r="D353" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2022</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-2016</t>
         </is>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="inlineStr">
         <is>
-          <t>BRIL_5_2015_Business_Rates_Review</t>
-[...1 lines deleted...]
-      </c>
+          <t>RSA Guest dinner 2016 flyer revised</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr"/>
       <c r="C354" s="1" t="n">
-        <v>42178.5</v>
+        <v>42482.62291666667</v>
       </c>
       <c r="D354" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/bril52015businessratesreview</t>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-guest-dinner-2016-flyer-revised</t>
         </is>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="inlineStr">
         <is>
-          <t>Valuation Tribunal for England Mango Tree Restaurant</t>
+          <t>Tribunals, Courts and Enforcement Act Iceland Food Stores</t>
         </is>
       </c>
       <c r="C355" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D355" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-mango-tree-restaurant</t>
+          <t>https://ratingsurveyorsassociation.org/documents/tribunals-courts-and-enforcement-act-iceland-food-stores</t>
         </is>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="inlineStr">
         <is>
-          <t>Valuation-Office-Agency-People-Survey-2014</t>
+          <t>PGN 4 - NDR Appeals Failure by the parties to agree areas</t>
         </is>
       </c>
       <c r="C356" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D356" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/valuation-office-agency-people-survey-2014</t>
+          <t>https://ratingsurveyorsassociation.org/documents/pgn-4-ndr-appeals-failure-by-the-parties-to-agree-areas</t>
         </is>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="inlineStr">
         <is>
-          <t>LVAC Opinion Hutchinson 3G</t>
+          <t>PGN 3 - VO's representation at the hearing</t>
         </is>
       </c>
       <c r="C357" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D357" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/lvac-opinion-hutchinson-3g</t>
+          <t>https://ratingsurveyorsassociation.org/documents/pgn-3-vos-representation-at-the-hearing</t>
         </is>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="inlineStr">
         <is>
-          <t>PGN 3 - VO's representation at the hearing</t>
+          <t>BRIL_5_2015_Business_Rates_Review</t>
         </is>
       </c>
       <c r="C358" s="1" t="n">
         <v>42178.5</v>
       </c>
       <c r="D358" t="inlineStr">
         <is>
-          <t>https://ratingsurveyorsassociation.org/documents/pgn-3-vos-representation-at-the-hearing</t>
+          <t>https://ratingsurveyorsassociation.org/documents/bril52015businessratesreview</t>
         </is>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="inlineStr">
         <is>
+          <t>Valuation Tribunal for England Mango Tree Restaurant</t>
+        </is>
+      </c>
+      <c r="C359" s="1" t="n">
+        <v>42178.5</v>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-tribunal-for-england-mango-tree-restaurant</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" t="inlineStr">
+        <is>
+          <t>LVAC Opinion Hutchinson 3G</t>
+        </is>
+      </c>
+      <c r="C360" s="1" t="n">
+        <v>42178.5</v>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/lvac-opinion-hutchinson-3g</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" t="inlineStr">
+        <is>
+          <t>Valuation-Office-Agency-People-Survey-2014</t>
+        </is>
+      </c>
+      <c r="C361" s="1" t="n">
+        <v>42178.5</v>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/valuation-office-agency-people-survey-2014</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" t="inlineStr">
+        <is>
+          <t>RSA Rules February 2022</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr"/>
+      <c r="C362" s="1" t="n">
+        <v>42178.5</v>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>https://ratingsurveyorsassociation.org/documents/rsa-rules-february-2022</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" t="inlineStr">
+        <is>
           <t>RSA Members Dinner April 15 2015</t>
         </is>
       </c>
-      <c r="C359" s="1" t="n">
+      <c r="C363" s="1" t="n">
         <v>42109.76041666666</v>
       </c>
-      <c r="D359" t="inlineStr">
+      <c r="D363" t="inlineStr">
         <is>
           <t>https://ratingsurveyorsassociation.org/documents/rsa-members-dinner-april-15-2015</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel Compatible / Openpyxl 3.1.5</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:creator xmlns:dc="http://purl.org/dc/elements/1.1/">openpyxl</dc:creator>
   <dcterms:created xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>